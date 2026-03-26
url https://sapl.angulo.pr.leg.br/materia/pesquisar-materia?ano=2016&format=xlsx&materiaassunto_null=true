--- v0 (2025-12-22)
+++ v1 (2026-03-26)
@@ -54,1906 +54,1906 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Pedro Moraes</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/709/709_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/709/709_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTA SUBSCREVE, NO USO DAS ATRIBUIÇÕES QUE LHE CONFEREM O ART. 168 DO REGIMENTO INTERNO. SUGEREM A VOSSA EXCELÊNCIA QUE SEJA ELABORADO PROJETO DE LEI DE CONSTRUÇÃO DE UMA PRAÇA PÚBLICA CONSTITUÍDA POR PARTE IDEAL DESTACADA DO LOTE Nº11/12/13/14/15/16-REM, COM ÁREA DE 607,93M2, ESQUINA DA RUA ERMINIA BOZELLI DRIUSSI COM A RUA IVAN KUSCHNER.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/718/718_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/718/718_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AO EXECUTIVO MUNICIPAL, QUE SEJA ELABORADO PROJETO DE LEI, PARA CONCEDER AOS SERVIDORES DO EXECUTIVO E LEGISLATIVO MUNICIPAL, CONCURSADO, COMISSIONADO E ESTAGIÁRIO, O DIREITO DE FOLGA NO DIA DO SEU ANIVERSÁRIO.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>PORT</t>
   </si>
   <si>
     <t>Portaria</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/618/618_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/618/618_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REALIZA A PROGRESSÃO VERTICAL POR TEMPO DE SERVIÇO AOS SERVIDORES PÚBLICOS DA CÂMARA MUNICIPAL DE ÂNGULO._x000D_
 </t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/619/619_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/619/619_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOMEAR OS SERVIDORES ABAIXO RELACIONADOS PARA COMPOREM A COMISSÃO AVALIAÇÃO DE TÍTULOS COM A RESPONSABILIDADE FAZER A ANÁLISE DA CORRELAÇÃO DO(S) CURSO(S) REALIZADO(S) E/OU DA TITULAÇÃO OBTIDA COM O CARGO OCUPADO PELO SERVIDOR, DE ACORDO COM O ART. 9º DA RESOLUÇÃO Nº. 003/2007.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/620/620_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/620/620_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTITUIR A COMISSÃO ESPECIAL DE LICITAÇÃO, PARA, QUANDO NECESSÁRIO, TOMAR AS MEDIDAS NECESSÁRIAS À EXECUÇÃO E JULGAMENTO DAS LICITAÇÕES QUE VIEREM A SER REALIZADAS PELA CÂMARA MUNICIPAL, DURANTE O ANO DE 2016.</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/621/621_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/621/621_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOMEIA COMISSÃO DE RECEBIMENTO DE BENS, MATERIAIS E SERVIÇOS PARA O EXERCÍCIO DE 2016.</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/622/622_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/622/622_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDER 30 (TRINTA) DIAS DE FÉRIAS REGULAMENTARES À SERVIDORA GIZELLI DE LIMA, PORTADORA DO CPF Nº. 038.545.369-84, OCUPANTE DO CARGO EFETIVO DE AUXILIAR ADMINISTRATIVO, A SEREM USUFRUÍDAS A PARTIR DO DIA 20/01/2016 ATÉ O DIA 18/02/2016, REFERENTE AO PERÍODO AQUISITIVO 2014/2015.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/623/623_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/623/623_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDER 30 (TRINTA) DIAS DE FÉRIAS REGULAMENTARES AO SERVIDOR ANTONIO ROBERTO PEREIRA, MATRÍCULA Nº 0019, PORTADOR DO RG Nº. 5.207.975-6 &amp;#8211; SSP-PR, OCUPANTE DO CARGO EFETIVO DE CONTADOR, A SEREM USUFRUÍDAS A PARTIR DO DIA 18/01/2016 ATÉ O DIA 16/02/2016, REFERENTE AO PERÍODO AQUISITIVO 2014/2015.</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/626/626_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/626/626_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">FICAM CONCEDIDAS DIÁRIAS AO VEREADOR ABAIXO RELACIONADO, PARA CUSTEAR DESPESAS COM VIAGEM A CURITIBA-PR, ONDE DURANTE OS DIAS 02, 03, 04 E 05 DE FEVEREIRO/2016, IRÁ ACOMPANHAR PROCESSO DE INTERESSE DO LEGISLATIVO JUNTO AO TRIBUNAL DE JUSTIÇA E AINDA PARTICIPARÁ DO CURSO "ELEIÇÕES 2016 E A REFORMA POLÍTICA" QUE SERÁ PROMOVIDO PELA ACAMPAR-PR._x000D_
 _x000D_
 NOME	CARGO	QUANT. DE DIÁRIAS	VALOR DA DIÁRIA	VALOR TOTAL DAS DIÁRIAS_x000D_
 ALEXANDRE DE SOUSA PROFETA	VEREADOR/PRESIDENTE	04	R$ 300,34	R$ 1.201,36_x000D_
 				_x000D_
 </t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/631/631_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/631/631_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDER PROGRESSÃO VERTICAL POR TITULAÇÃO CONFORME ART. 6º E SEGUINTES DA RESOLUÇÃO Nº. 003/2007 AO SERVIDOR PÚBLICO DO PODER LEGISLATIVO, CONFORME TABELA ABAIXO:_x000D_
 SERVIDOR	CARGO	SITUAÇÃO ATUAL	SITUAÇÃO PÓS PROGRESSÃO_x000D_
 ALEXISANDRI FERREIRA	OFICIAL ADMINISTRATIVO	NÍVEL &amp;#8211; 31	NÍVEL &amp;#8211; 32_x000D_
 </t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/638/638_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/638/638_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE FÉRIAS REGULAMENTARES AO SERVIDOR ALEXISANDRI FERREIRA, OFICIAL ADMINISTRATIVO, A SEREM USUFRUÍDAS A PARTIR DO DIA 22/02/2016 ATÉ O DIA 12/03/2016, REFERENTE AO PERÍODO AQUISITIVO 2.015/2.016.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Alexandre de Sousa Profeta</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/649/649_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/649/649_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">FICAM CONCEDIDAS DIÁRIAS AOS VEREADORES ABAIXO RELACIONADOS, PARA CUSTEAR DESPESAS COM VIAGEM A CURITIBA-PR, ONDE DURANTE OS DIAS 16, 17 E 18 DE MARÇO/2016, ESTARÃO PARTICIPANDO DO CURSO </t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/650/650_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/650/650_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">FICAM CONCEDIDAS DIÁRIAS AO VEREADOR ABAIXO RELACIONADO, PARA CUSTEAR DESPESAS COM VIAGEM A CURITIBA-PR, ONDE DURANTE OS DIAS 16, 17 E 18 DE MARÇO/2016, ESTARÃO PARTICIPANDO DO CURSO "FISCALIZAÇÃO, CONDUTAS VEDADAS A AGENTES POLÍTICOS E ANO ELEITORAL" QUE SERÁ PROMOVIDO PELA EMPRESA UNICURSOS CAPACITAÇÃO E TREINAMENTO._x000D_
 _x000D_
 NOME	CARGO	QUANT. DE DIÁRIAS	VALOR DA DIÁRIA	VALOR TOTAL DAS DIÁRIAS_x000D_
 PEDRO MORAES	VEREADOR	03	R$ 300,34	R$ 901,02_x000D_
 </t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/681/681_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/681/681_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">FICAM CONCEDIDAS DIÁRIAS AOS VEREADORES ABAIXO RELACIONADOS, PARA CUSTEAR DESPESAS COM VIAGEM A CURITIBA-PR, ONDE DURANTE OS DIAS 12, 13, 14 E 15 DE ABRIL/2016, ESTARÃO PARTICIPANDO DO CURSO "CÂMARA MUNICIPAL - SERVIDORES PÚBLICOS E JURISPRUDÊNCIA DO TCE-PR" QUE SERÁ PROMOVIDO PELA EMPRESA UNICURSOS CAPACITAÇÃO E TREINAMENTO._x000D_
 _x000D_
 NOME	CARGO	QUANT. DE DIÁRIAS	VALOR DA DIÁRIA	VALOR TOTAL DAS DIÁRIAS_x000D_
 MÁRCIO CIONE RISSARDO	VEREADOR	03	R$ 300,34	R$ 901,02_x000D_
 ODIRLEI ZAVATINI	VEREADOR	03	R$ 300,34	R$ 901,02_x000D_
 ADNILSON LAUREANO	VEREADOR	03	R$ 300,34	R$ 901,02_x000D_
 </t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/692/692_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/692/692_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">FICAM CONCEDIDAS DIÁRIAS AOS VEREADORES E AO SERVIDOR ABAIXO RELACIONADOS, PARA CUSTEAR DESPESAS COM VIAGEM A CURITIBA-PR, ONDE DURANTE OS DIAS 04, 05 E 06 DE MAIO/2016, ESTARÃO PARTICIPANDO DO CURSO "CÂMARA MUNICIPAL - SUBSÍDIOS, CASSAÇÕES E INELEGIBILIDADES" QUE SERÁ PROMOVIDO PELA EMPRESA UNICURSOS CAPACITAÇÃO E TREINAMENTO._x000D_
 ALEXANDRE DE SOUSA PROFETA	VEREADOR/PRESIDENTE	03	R$ 300,34	R$ 901,02_x000D_
 PEDRO MORAES	VEREADOR	03	R$ 300,34	R$ 901,02_x000D_
 ANTÔNIO ROBERTO PEREIRA	SERVIDOR	03	R$ 300,34	R$ 901,02_x000D_
 </t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/720/720_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/720/720_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">FICAM CONCEDIDAS DIÁRIAS AOS VEREADORES E AO SERVIDOR ABAIXO RELACIONADOS, PARA CUSTEAR DESPESAS COM VIAGEM A CURITIBA-PR, ONDE DURANTE OS DIAS 15, 16 E 17, DE JUNHO/2016, PARTICIPARÃO DO CURSO "LICITAÇÕES E CASO DE INEXIGIBILIDADE" QUE SERÁ PROMOVIDO PELA ACAMPAR._x000D_
 NOME	CARGO	QUANT. DE DIÁRIAS	VALOR DA DIÁRIA	VALOR TOTAL DAS DIÁRIAS_x000D_
 ALEXANDRE DE SOUSA PROFETA	VEREADOR/PRESIDENTE	03	R$ 300,34	R$ 901,02_x000D_
 PEDRO MORAES	VEREADOR	03	R$ 300,34	R$ 901,02_x000D_
 ROGÉRIO MARCOLINO BOZELHE	SERVIDOR	03	R$ 300,34	R$ 901,02_x000D_
 JOSEMIR MARCOS MAESTÁ	VEREADOR	03	R$ 300,34	R$ 901,02_x000D_
 </t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/732/732_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/732/732_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">FICAM CONCEDIDAS DIÁRIAS AOS VEREADORES ABAIXO RELACIONADOS, PARA CUSTEAR DESPESAS COM VIAGEM A CURITIBA-PR, ONDE DURANTE OS DIAS 29 E 29/06 E 01/07/2016, PARTICIPARÃO DO CONGRESSO ESTADUAL DE VEREADORES DO PARANÁ, QUE SERÁ PROMOVIDO PELA ACAMPAR._x000D_
 NOME	CARGO	QUANT. DE DIÁRIAS	VALOR DA DIÁRIA	VALOR TOTAL DAS DIÁRIAS_x000D_
 ADNILSON LAUREANO	VEREADOR	03	R$ 300,34	R$ 901,02_x000D_
 MÁRCIO CIONE RISSARDO	VEREADOR	03	R$ 300,34	R$ 901,02_x000D_
 </t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/733/733_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/733/733_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE AFASTAMENTO AO SERVIDOR EFETIVO OCUPANTE DO CARGO DE CONTADOR PARA CONCORRER AS ELEIÇÕES NO PLEITO DE 02 DE OUTUBRO DE 2.016, CONFORME LC Nº 64/1990 E LEI MUNICIPAL Nº 028/93. REVOGADA PELA PORTARIA Nº 021/2016 DE 29/07/2016.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/734/734_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/734/734_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDER 20 (VINTE) DIAS DE FÉRIAS REGULAMENTARES À SERVIDORA TEREZA MATIAS DA SILVA BENAVIDES, PORTADORA DO RG Nº. 6.709.645-2 &amp;#8211; SSP-PR, MATRÍCULA Nº 013, OCUPANTE DO CARGO EFETIVO DE AUXILIAR DE SERVIÇOS GERAIS, A SEREM USUFRUÍDAS A PARTIR DO DIA 11/07/2016 ATÉ O DIA 30/07/2016, REFERENTE AO PERÍODO AQUISITIVO 2.014/2.015.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/736/736_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/736/736_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDER 20 (VINTE) DIAS DE FÉRIAS REGULAMENTARES À SERVIDORA GIZELLI DE LIMA, PORTADORA DO RG Nº. 7.407.148-1 SSP-PR, MATRÍCULA Nº 011, OCUPANTE DO CARGO EFETIVO DE AUXILIAR ADMINISTRATIVO, A SEREM USUFRUÍDAS A PARTIR DO DIA 25/07/2016 ATÉ O DIA 14/08/2016, REFERENTE AO PERÍODO AQUISITIVO 2.015/2.016._x000D_
 ART. 2º - AUTORIZAR A CONVERSÃO DE 10 (DEZ) DIAS DE FÉRIAS EM ABONO PECUNIÁRIO._x000D_
 </t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/737/737_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/737/737_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA A PORTARIA Nº 004/2009 QUE CONCEDE GRATIFICAÇÃO AO SERVIDOR ANTÔNIO ROBERTO PEREIRA.</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/738/738_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/738/738_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">FICAM CONCEDIDAS DIÁRIAS AOS VEREADORES E AO SERVIDOR ABAIXO RELACIONADOS, PARA CUSTEAR DESPESAS COM VIAGEM A CURITIBA-PR, ONDE DURANTE OS DIAS 27, 28 E 27, DE JULHO/2016, PARTICIPARÃO DO CURSO "PORTAL DA TRANSPARÊNCIA, LEI DE ACESSO A INFORMAÇÃO E REGRAS APÓS ACORDO COM O MP" QUE SERÁ PROMOVIDO PELA UNICURSOS._x000D_
 NOME	CARGO	QUANT. DE DIÁRIAS	VALOR DA DIÁRIA	VALOR TOTAL DAS DIÁRIAS_x000D_
 ALEXANDRE DE SOUSA PROFETA	VEREADOR/PRESIDENTE	03	R$ 300,34	R$ 901,02_x000D_
 PEDRO MORAES	VEREADOR	03	R$ 300,34	R$ 901,02_x000D_
 ROGÉRIO MARCOLINO BOZELHE	SERVIDOR	03	R$ 300,34	R$ 901,02_x000D_
 JOSEMIR MARCOS MAESTÁ	VEREADOR	03	R$ 300,34	R$ 901,02_x000D_
 </t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/739/739_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/739/739_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA A PORTARIA Nº 016/2016 DE 01/07/2016 QUE CONCEDIA AFASTAMENTO AO SERVIDOR ANTÔNIO ROBERTO PEREIRA.</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/740/740_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/740/740_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">FICAM CONCEDIDAS DIÁRIAS AO SERVIDOR ABAIXO RELACIONADO, PARA CUSTEAR DESPESAS COM VIAGEM A CURITIBA-PR, ONDE DURANTE OS DIAS 15 E 16 DE AGOSTO/2016, ESTARÁ ACOMPANHANDO PROCESSO DE INTERESSE DESTE LEGISLATIVO JUNTO AO TRIBUNAL DE JUSTIÇA. _x000D_
 NOME	CARGO	QUANT. DE DIÁRIAS	VALOR DA DIÁRIA	VALOR TOTAL DAS DIÁRIAS_x000D_
 ROGÉRIO MARCOLINO BOZELHE	SERVIDOR	02	R$ 300,34	R$ 600,68_x000D_
 				_x000D_
 </t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/741/741_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/741/741_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDER PROGRESSÃO VERTICAL POR TITULAÇÃO CONFORME ART. 6º E SEGUINTES DA RESOLUÇÃO Nº. 003/2007 AO SERVIDOR PÚBLICO DO PODER LEGISLATIVO, CONFORME TABELA ABAIXO:_x000D_
 _x000D_
 SERVIDOR	CARGO	SITUAÇÃO ATUAL	SITUAÇÃO PÓS PROGRESSÃO_x000D_
 ROGÉRIO MARCOLINO BOZELHE - MATR.29	ADVOGADO	NÍVEL &amp;#8211; 43	NÍVEL &amp;#8211; 44_x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/749/749_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/749/749_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE 20 (VINTE) DIAS DE FÉRIAS REGULAMENTARES AO SERVIDOR ROGÉRIO MARCOLINO BOZELHE, PORTADOR DO RG Nº. 6.603.594-8 &amp;#8211; SSP-PR, OCUPANTE DO CARGO EFETIVO DE ADVOGADO, MATRÍCULA Nº 029, A SEREM USUFRUÍDAS A PARTIR DO DIA 22/08/2016 ATÉ O DIA 10/09/2016, REFERENTE AO PERÍODO AQUISITIVO 2014/ 2015._x000D_
 ART. 2º - AUTORIZAR A CONVERSÃO DE 10 (DEZ) DIAS DE FÉRIAS EM ABONO PECUNIÁRIO._x000D_
 </t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/751/751_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/751/751_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">FICAM CONCEDIDAS DIÁRIAS AOS VEREADORES E AO SERVIDOR ABAIXO RELACIONADOS, PARA CUSTEAR DESPESAS COM VIAGEM A CURITIBA-PR, ONDE DURANTE OS DIAS 24, 25 E 26, DE AGOSTO/2016, PARTICIPARÃO DO CURSO "GESTÃO PATRIMONIAL E ALMOXARIFADO - MÓDULO 1" QUE SERÁ PROMOVIDO PELA ACAMPAR._x000D_
 NOME	CARGO	QUANT. DE DIÁRIAS	VALOR DA DIÁRIA	VALOR TOTAL DAS DIÁRIAS_x000D_
 MÁRCIO CIONE RISSARDO	VEREADOR	03	R$ 300,34	R$ 901,02_x000D_
 PEDRO MORAES	VEREADOR	03	R$ 300,34	R$ 901,02_x000D_
 ADNILSON LAUREANO	VEREADOR	03	R$ 300,34	R$ 901,02_x000D_
 ODIRLEI ZAVATINI	VEREADOR	03	R$ 300,34	R$ 901,02_x000D_
 ALEXISANDRI FERREIRA	SERVIDOR	03	R$ 300,34	R$ 901,02_x000D_
 </t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/765/765_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/765/765_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">FICAM CONCEDIDAS DIÁRIAS AOS VEREADORES E AO SERVIDOR ABAIXO RELACIONADOS, PARA CUSTEAR DESPESAS COM VIAGEM A CURITIBA-PR, ONDE DURANTE OS DIAS 21, 22 E 23 DE SETEMBRO/2016, PARTICIPARÃO DO CURSO "CONTROLE INTERNO E EXTERNO" QUE SERÁ PROMOVIDO PELA UVEPAR._x000D_
 NOME	CARGO	QUANT. DE DIÁRIAS	VALOR DA DIÁRIA	VALOR TOTAL DAS DIÁRIAS_x000D_
 MÁRCIO CIONE RISSARDO	VEREADOR	03	R$ 300,34	R$ 901,02_x000D_
 PEDRO MORAES	VEREADOR	03	R$ 300,34	R$ 901,02_x000D_
 ADNILSON LAUREANO	VEREADOR	03	R$ 300,34	R$ 901,02_x000D_
 ALEXISANDRI FERREIRA	SERVIDOR	03	R$ 300,34	R$ 901,02_x000D_
 </t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/772/772_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/772/772_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">FICAM CONCEDIDAS DIÁRIAS AOS VEREADORES ABAIXO RELACIONADOS, PARA CUSTEAR DESPESAS COM VIAGEM À CURITIBA-PR, ONDE DURANTE OS DIAS 19, 20 E 21 DE OUTUBRO/2016, PARTICIPARÃO DO CURSO "LEGISLATIVO E EXECUTIVO MUNICIPAL (CUIDADOS/TRANSIÇÃO/REGRAS/PROVIDÊNCIAS)" QUE SERÁ PROMOVIDO PELA UNICURSOS._x000D_
 NOME	CARGO/MATRÍCULA	QUANT. DE DIÁRIAS	VALOR DA DIÁRIA	VALOR TOTAL DAS DIÁRIAS_x000D_
 MÁRCIO CIONE RISSARDO	VEREADOR/00036	03	R$ 300,34	R$ 901,02_x000D_
 JOSEMIR MARCOS MAESTÁ	VEREADOR/00033	03	R$ 300,34	R$ 901,02_x000D_
 ADNILSON LAUREANO	VEREADOR/00031	03	R$ 300,34	R$ 901,02_x000D_
 ALEXANDRE DE SOUSA PROFETA	VEREADOR/00032	03	R$ 300,34	R$ 901,02_x000D_
 </t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/697/697_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/697/697_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS CONTAS DO PODER EXECUTIVO MUNICIPAL, REFERENTE AO EXERCÍCIO FINANCEIRO DE 2007.</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/698/698_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/698/698_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS CONTAS DO PODER EXECUTIVO MUNICIPAL, REFERENTE AO EXERCÍCIO FINANCEIRO DE 2008 DE RESPONSABILIDADE DO SR. MOISÉS GOMES DA SILVA.</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/699/699_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/699/699_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS CONTAS DO PODER EXECUTIVO MUNICIPAL, REFERENTE AO EXERCÍCIO FINANCEIRO DE 2009, DE RESPONSABILIDADE DO SR. MOISÉS GOMES DA SILVA.</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/700/700_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/700/700_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE AS CONTAS DO PODER EXECUTIVO MUNICIPAL, REFERENTE AO EXERCÍCIO FINANCEIRO DE 2010, DE RESPONSABILIDADE DO SR. MOISÉS GOMES DA SILVA. </t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/701/701_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/701/701_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS CONTAS DO EXECUTIVO MUNICIPAL, REFERENTE AO EXERCÍCIO FINANCEIRO DE 2011 DE RESPONSABILIDADE DOS SRS. PEDRO VICENTIN E MOISÉS GOMES DA SILVA.</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/702/702_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/702/702_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS CONTAS DO PODER EXECUTIVO MUNICIPAL, REFERENTE AO EXERCÍCIO FINANCEIRO DE 2012 DE RESPONSABILIDADE DO SR. PEDRO VICENTIN.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/703/703_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/703/703_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS CONTAS DO PODER EXECUTIVO MUNICIPAL, REFERENTE AO EXERCÍCIO FINANCEIRO DE 2013, DE RESPONSABILIDADE DO SR. PEDRO VICENTIN.</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Prefeito Pedro Vicentin</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/756/756_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/756/756_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATUALIZA O PLANO DIRETOR DO MUNICÍPIO DE ÂNGULO, APROVADO INICIALMENTE PELA LEI Nº 004/2006 DE 09 DE OUTUBRO DE 2006, INTRODUZINDO MODIFICAÇÕES E ADAPTAÇÕES E ESTABELECENDO OUTRAS PROVIDÊNCIAS RELATIVAS AO PLANEJAMENTO E À GESTÃO TERRITORIAL DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/625/625_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/625/625_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE REAJUSTE DE 13% A TODOS SERVIDORES PÚBLICOS EFETIVOS ATIVOS, INATIVOS E PENSIONISTAS DO LEGISLATIVO MUNICIPAL. </t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/648/648_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/648/648_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE RECOMPOSIÇÃO DOS SUBSÍDIOS DOS VEREADORES E DO PRESIDENTE DA CÂMARA MUNICIPAL, NO PERCENTUAL DE 10,67%, CONFORME INPC ACUMULADO NO PERÍODO DE JANEIRO/2015 À DEZEMBRO/2015.</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
     <t>Pedro Moraes, Adnilson Laureano, Márcio Cione Rissardo</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/748/748_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/748/748_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA OS SUBSÍDIOS DOS VEREADORES E DO PRESIDENTE DA CÂMARA MUNICIPAL DE ÂNGULO, PARA A 7º LEGISLATURA (2017/2020).</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/747/747_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/747/747_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA OS SUBSÍDIOS DO PREFEITO, VICE-PREFEITO E SECRETÁRIOS MUNICIPAIS PARA A 7º SÉTIMA) LEGISLATURA (2017/2020).</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
     <t>Alexandre de Sousa Profeta, Josemir Marcos Maestá, Leandro Rissardo de Andrade, Yara Pricila de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/789/789_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/789/789_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXTINGUE O FUNDO MUNICIPAL DA CÂMARA MUNICIPAL DE ÂNGULO-PR, REVOGA A LEI MUNICIPAL Nº 857/2015 DE 28/10/2015, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/633/633_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/633/633_texto_integral.pdf</t>
   </si>
   <si>
     <t>DESAFETA DO USO COMUM DO POVO ÁREA DE TERRA DESTACADA DE PRAÇA MATSUKA ITO.</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/634/634_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/634/634_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CONCESSÃO DE DIREITO REAL DE USO DE LOTE DE TERRAS DESTINADO À CONSTRUÇÃO DE RESIDÊNCIA. SRA. SIMONE CRISTIANE DA SILVA</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/635/635_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/635/635_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CONCESSÃO DE DIREITO REAL DE USO DE LOTE DE TERRAS DESTINADO À CONSTRUÇÃO DE RESIDÊNCIA. SRA. ADRIANA FOGASSA</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/636/636_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/636/636_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CONCESSÃO DE DIREITO REAL DE USO DE LOTE DE TERRAS DESTINADO À CONSTRUÇÃO DE RESIDÊNCIA. SRA. POLLY ANA VICENTE DE SOUZA</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/637/637_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/637/637_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CONCESSÃO DE DIREITO REAL DE USO DE LOTE DE TERRAS DESTINADO À CONSTRUÇÃO DE RESIDÊNCIA. SRA. ISIS MADALENA DA SILVA</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/639/639_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/639/639_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL, NO EXERCÍCIO DE 2016.</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/641/641_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/641/641_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA EMPREGO PÚBLICO PARA EQUIPE DE NÚCLEO DE APOIO SAÚDE DA FAMÍLIA - NASF.</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/640/640_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/640/640_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DO SISTEMA DE CONTROLE INTERNO MUNICIPAL, A ASSESSORIA DE CONTROLE INTERNO.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/642/642_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/642/642_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA CARGO EM CARGO EM COMISSÃO NA ESTRUTURA ORGANIZACIONAL DA PREFEITURA MUNICIPAL DE ÂNGULO. ASSESSORIA DE CONTROLE INTERNO.</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/645/645_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/645/645_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA REVISÃO GERAL DA REMUNERAÇÃO DOS SERVIDORES PÚBLICOS E REAJUSTE DOS INATIVOS E PENSIONISTAS DE ÂNGULO-PR.</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/644/644_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/644/644_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE RECOMPOSIÇÃO SALARIAL AOS AGENTES POLÍTICOS E CARGOS COMISSIONADOS.</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/651/651_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/651/651_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL.</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/652/652_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/652/652_texto_integral.pdf</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/659/659_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/659/659_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE DIREITO REAL DE USO DE IMÓVEL PÚBLICO DESTINADO À IMPLANTAÇÃO DE EMPRESA. SR. LEANDRO OLIVEIRA DA SILVA.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/665/665_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/665/665_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE DIREITO REAL DE USO DE IMÓVEL PÚBLICO DESTINADO À IMPLANTAÇÃO DE EMPRESA. RENATO JESUS DE MATOS VIEIRA.</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/667/667_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/667/667_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E REVOGA A LEI MUNICIPAL Nº 892/2016.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/668/668_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/668/668_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL.</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/669/669_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/669/669_texto_integral.pdf</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/670/670_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/670/670_texto_integral.pdf</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/666/666_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/666/666_texto_integral.pdf</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/682/682_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/682/682_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO ANUAL VIGENTE.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/684/684_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/684/684_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE EDUCAÇÃO DE ÂNGULO-PR, COM SUA ESTRUTURA ADMINISTRATIVA E ORGANIZACIONAL.</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/683/683_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/683/683_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE.</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/685/685_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/685/685_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE DIREITO REAL DE USO DE LOTE DE TERRAS DESTINADO À CONSTRUÇÃO DE RESIDÊNCIA À SRA. SIMONE CRISTIANE DA SILVA.</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/686/686_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/686/686_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE DIREITO REAL DE USO DE LOTE DE TERRAS DESTINADO À CONSTRUÇÃO DE RESIDÊNCIA À SRA. ADRIANA FOGASSA.</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/687/687_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/687/687_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE DIREITO REAL DE USO DE LOTE DE TERRAS DESTINADO À CONSTRUÇÃO DE RESIDÊNCIA À SRA. POLLY ANA VICENTE DE SOUZA.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/689/689_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/689/689_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE DIREITO REAL DE USO DE LOTE DE TERRAS DESTINADO À CONSTRUÇÃO DE RESIDÊNCIA À SRA. ISIS MADALENA DA SILVA.</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/688/688_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/688/688_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE DIREITO REAL DE USO DE LOTE DE TERRAS DESTINADO À PASSAGEM OU TRÂNSITO À SRA. NEIDE GARCIA ARABAL.</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/705/705_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/705/705_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE, NO VALOR DE R$ 31.359,27.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/706/706_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/706/706_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE, NO VALOR DE R$ 83.000,00.</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/714/714_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/714/714_texto_integral.pdf</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/713/713_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/713/713_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DE 2016.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/712/712_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/712/712_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DO MUNICÍPIO PARA O EXERCÍCIO DE 2016, ALTERA AÇÃO NO PPA - PLANO PLURIANUAL DE INVESTIMENTOS 2014-2017, LDO - LEI DE DIRETRIZES ORÇAMENTÁRIAS.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/719/719_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/719/719_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2017 - LDO.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/721/721_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/721/721_texto_integral.pdf</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/722/722_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/722/722_texto_integral.pdf</t>
   </si>
   <si>
     <t>TORNA DE UTILIDADE PÚBLICA MUNICIPAL A ASSOCIAÇÃO KARATÊ ORIENTAL - DO TRADICIONAL DE ÂNGULO -  AKO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/723/723_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/723/723_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR, NO EXERCÍCIO DE 2016.</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/724/724_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/724/724_texto_integral.pdf</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/725/725_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/725/725_texto_integral.pdf</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/726/726_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/726/726_texto_integral.pdf</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/727/727_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/727/727_texto_integral.pdf</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/728/728_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/728/728_texto_integral.pdf</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/729/729_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/729/729_texto_integral.pdf</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/730/730_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/730/730_texto_integral.pdf</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/731/731_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/731/731_texto_integral.pdf</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/735/735_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/735/735_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DO EXERCÍCIO VIGENTE.</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/744/744_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/744/744_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL SUPLEMENTAR NO EXERCÍCIO DE 2016, NO VALOR DE 39.790,00</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/745/745_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/745/745_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL ESPECIAL NO EXERCÍCIO DE 2016, NO VALOR DE 247.085,57</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/746/746_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/746/746_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL SUPLEMENTAR NO EXERCÍCIO DE 2016, NO VALOR DE 50.371,00</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/752/752_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/752/752_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL ESPECIAL NO EXERCÍCIO DE 2016.</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/753/753_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/753/753_texto_integral.pdf</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/754/754_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/754/754_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR UM CRÉDITO ADICIONAL SUPLEMENTAR NO EXERCÍCIO DE 2016.</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/755/755_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/755/755_texto_integral.pdf</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/758/758_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/758/758_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/757/757_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/757/757_texto_integral.pdf</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/759/759_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/759/759_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO VIGENTE.</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/761/761_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/761/761_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO VIGENTE. SAMAE</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/760/760_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/760/760_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE, SAMAE</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/767/767_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/767/767_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO ANUAL VIGENTE.</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/768/768_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/768/768_texto_integral.pdf</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/769/769_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/769/769_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE.</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/770/770_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/770/770_texto_integral.pdf</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/771/771_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/771/771_texto_integral.pdf</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/773/773_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/773/773_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSIÇÕES DO ARTIGO 1º DA LEI MUNICIPAL Nº 115/1994, QUE TRATA DA ISENÇÃO DO PAGAMENTO DE IPTU E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/779/779_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/779/779_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NO EXERCÍCIO DE 2016.</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/778/778_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/778/778_texto_integral.pdf</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/780/780_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/780/780_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO EXERCÍCIO DE 2016.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/781/781_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/781/781_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ÂNGULO PARA O EXERCÍCIO FINANCEIRO DE 2017. LEI DE ORÇAMENTO ANUAL - LOA</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/782/782_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/782/782_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE OS VALORES DE TERRAS RURAIS DO MUNICÍPIO PARA FINS DE CÁLCULO DO ITBI, OS QUAIS SERÃO APLICADOS NO EXERCÍCIO DE 2017.</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/783/783_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/783/783_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PLANTA GENÉRICA DE VALORES DA ÁREA URBANA PARA FINS DE CÁLCULO DE IPTU E ITBI PARA O EXERCÍCIO DE 2017.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/784/784_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/784/784_texto_integral.pdf</t>
   </si>
   <si>
     <t>DESTINA COMO ÁREA DE OCUPAÇÃO INTENSIVA ONDE FOI CRIADO O LOTEAMENTO DENOMINADO JARDIM FELÍCIO.</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/785/785_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/785/785_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO DE 2016.</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/786/786_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/786/786_texto_integral.pdf</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/788/788_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/788/788_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE DIREITO REAL DE USO DE EQUIPAMENTOS AGRÍCOLAS PARA A ACODESA.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/790/790_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/790/790_texto_integral.pdf</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/791/791_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/791/791_texto_integral.pdf</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/792/792_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/792/792_texto_integral.pdf</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/794/794_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/794/794_texto_integral.pdf</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/793/793_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/793/793_texto_integral.pdf</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Márcio Cione Rissardo</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/627/627_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/627/627_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, EM CONFORMIDADE COM O TEXTO REGIMENTAL DESTA CASA, VEM RESPEITOSAMENTE REQUERER A VOSSA EXCELÊNCIA, QUE APÓS OUVIDO O PLENÁRIO, SE ENVIE OFÍCIO AO PREFEITO MUNICIPAL, SOLICITANDO PARA QUE O MESMO, PROVIDENCIE A INSTALAÇÃO DE BANCOS NA PRAÇA DA BEATA, CONFORME REIVINDICAÇÃO DE VÁRIOS MORADORES.</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
     <t>Leandro Rissardo de Andrade</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/628/628_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/628/628_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, EM CONFORMIDADE COM O TEXTO REGIMENTAL DESTA CASA, VEM RESPEITOSAMENTE REQUERER A VOSSA EXCELÊNCIA, QUE APÓS OUVIDO O PLENÁRIO, SE ENVIE OFÍCIO AO PREFEITO MUNICIPAL, SOLICITANDO PARA QUE O MESMO, PROVIDENCIE A INSTALAÇÃO DE BANCOS NA CASA MORTUÁRIA, TENDO EM VISTA A FALTA DESTES NA ÁREA EXTERNA DAQUELE LOCAL.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/629/629_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/629/629_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, EM CONFORMIDADE COM O TEXTO REGIMENTAL DESTA CASA, VEM RESPEITOSAMENTE REQUERER A VOSSA EXCELÊNCIA, QUE APÓS OUVIDO O PLENÁRIO, SE ENVIE OFÍCIO AO PREFEITO MUNICIPAL, SOLICITANDO PARA QUE O MESMO, FIZESSE A DOAÇÃO DE UM VEÍCULO AO SAMAE, FACILITANDO ASSIM O TRABALHO DOS FUNCIONÁRIOS DAQUELA AUTARQUIA.</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>Adnilson Laureano</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/630/630_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/630/630_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, EM CONFORMIDADE COM O TEXTO REGIMENTAL DESTA CASA, VEM RESPEITOSAMENTE REQUERER A VOSSA EXCELÊNCIA, QUE APÓS OUVIDO O PLENÁRIO, SE ENVIE OFÍCIO AO PREFEITO MUNICIPAL, SOLICITANDO PARA QUE O MESMO, PROVIDENCIE E RECAPEAMENTO DAS RUAS DO MUNICÍPIO E AINDA FAÇA A REFORMA DO PONTO DE ÔNIBUS LOCALIZADO NA VILA RURAL RECANTO VERDE.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/632/632_texto_integral.doc</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/632/632_texto_integral.doc</t>
   </si>
   <si>
     <t>EU, ALEXISANDRI FERREIRA, BRASILEIRO, OFICIAL ADMINISTRATIVO DA CÂMARA MUNICIPAL DE ÂNGULO, ESTADO DO PARANÁ, ADMITIDO EM 05/01/2006, SOB MATRÍCULA Nº. 18, PORTADOR DO CPF Nº. 990.684.789-15, VENHO ATRAVÉS DESTA, REQUERER 20 (VINTE) DIAS DE FÉRIAS REGULAMENTARES E A CONVERSÃO DE 10 (DEZ) DIAS EM ABONO PECUNIÁRIO, REFERENTE AO PERÍODO AQUISITIVO DE 05/01/2015 À 04/01/2016, SENDO QUE USUFRUIREI ENTRE OS DIAS 22/02/2016 À 12/03/2016.</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/643/643_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/643/643_texto_integral.pdf</t>
   </si>
   <si>
     <t>EU, ANTONIO RISSARDO, SECRETÁRIO MUNICIPAL DE VIAÇÃO, OBRAS E SERVIÇOS URBANOS DA PREFEITURA MUNICIPAL DE ANGULO, CONSIDERANDO TER A AUTORIZAÇÃO DO SR. PREFEITO MUNICIPAL E DE UMA PROPRIETÁRIA DA FAZENDA, VENHO, COM O DEVIDO ACATAMENTO, REQUERER JUNTO AO LEGISLATIVO MUNICIPAL,_x000D_
 AUTORIZAÇÃO PARA QUE A PÁ CARREGADEIRA DA PREFEITURA AUXILIE A ACODESA NOS_x000D_
 SERVIÇOS DE CONSTRUÇÃO DE CURVAS DE NÍVEL NA FAZENDA DO SR. JUVENAL LOPES,_x000D_
 TENDO EM VISTA QUE ESTAS CURVAS SERVIRÃO DE BARREIRA DE CONTENSÃO DAS ÁGUAS DA CHUVA QUE DESCEM DESSA PROPRIEDADE E ENTRAM NA CIDADE, AGRAVANDO O PROBLEMA DE ENXURRADAS NAS VIAS PÚBLICAS, QUE TANTO TRANSTORNO TEM CAUSADO AOS MORADORES DA PARTE MAIS ALTA DA CIDADE.</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/646/646_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/646/646_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, EM CONFORMIDADE COM O TEXTO REGIMENTAL DESTA CASA, VEM RESPEITOSAMENTE REQUERER A VOSSA EXCELÊNCIA, QUE APÓS OUVIDO O PLENÁRIO, VERIFIQUE A POSSIBILIDADE DE TRAMITAR O PROJETO DE LEI LEGISLATIVO Nº 002/2016 EM REGIME DE URGÊNCIA URGENTÍSSIMA.</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/647/647_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/647/647_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, EM CONFORMIDADE COM O TEXTO REGIMENTAL DESTA CASA, VEM RESPEITOSAMENTE REQUERER A VOSSA EXCELÊNCIA, QUE APÓS OUVIDO O PLENÁRIO, SE ENVIE OFÍCIO AO PREFEITO MUNICIPAL SOLICITANDO PARA QUE, JUNTO AO DEPARTAMENTO COMPETENTE, PROVIDENCIE O CASCALHAMENTO E A PASSAGEM DO ROLO COMPACTADOR NA RUA PRINCIPAL DA VILA RURAL RECANTO VERDE.</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/653/653_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/653/653_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, EM CONFORMIDADE COM O TEXTO REGIMENTAL DESTA CASA, VEM RESPEITOSAMENTE REQUERER A VOSSA EXCELÊNCIA, QUE APÓS OUVIDO O PLENÁRIO, SE ENVIE OFÍCIO AO PREFEITO MUNICIPAL SOLICITANDO PARA QUE, JUNTO AO DEPARTAMENTO COMPETENTE, PROVIDENCIE O CASCALHAMENTO E A PASSAGEM DO ROLO COMPACTADOR NA RUA PRINCIPAL DA VILA RURAL RECANTO VERDE. AINDA VERIFICAR A POSSIBILIDADE DE ESTENDER ESTES SERVIÇOS EM TODAS AS VIAS ONDE HAVER A NECESSIDADE DESTA MANUTENÇÃO.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
     <t>Odirlei Zavatini</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/654/654_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/654/654_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, EM CONFORMIDADE COM O TEXTO REGIMENTAL DESTA CASA, VEM RESPEITOSAMENTE REQUERER A VOSSA EXCELÊNCIA, QUE APÓS OUVIDO O PLENÁRIO, SE ENVIE OFÍCIO AO PREFEITO MUNICIPAL, SOLICITANDO PARA QUE ELE VERIFIQUE A POSSIBILIDADE DE REALIZAR UMA OPERAÇÃO PARA CASTRAR OS ANIMAIS QUE ENCONTRAM-SE SOLTOS NAS RUAS DO MUNICÍPIO, VISANDO DIMINUIR E CONTROLAR A QUANTIDADE DESTES ANIMAIS.</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/655/655_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/655/655_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, EM CONFORMIDADE COM O TEXTO REGIMENTAL DESTA CASA, VEM RESPEITOSAMENTE REQUERER A VOSSA EXCELÊNCIA, QUE APÓS OUVIDO O PLENÁRIO, SE ENVIE OFÍCIO AO PREFEITO MUNICIPAL, SOLICITANDO PARA QUE ELE INFORME A ESTA CASA DE LEIS, EM QUE ÉPOCA SERÁ FEITO O RECAPE DA AVENIDA PARANÁ, ONDE FORAM FEITOS OS SERVIÇOS DE GALERIA, TENDO EM VISTA AS RECLAMAÇÕES DOS MORADORES DAQUELA VIA.</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/656/656_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/656/656_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, EM CONFORMIDADE COM O TEXTO REGIMENTAL DESTA CASA, VEM RESPEITOSAMENTE REQUERER A VOSSA EXCELÊNCIA, QUE APÓS OUVIDO O PLENÁRIO, SE ENVIE OFÍCIO AO PREFEITO MUNICIPAL,  SOLICITANDO PROVIDENCIAS NO SENTIDO DE REALIZAR UMA OPERAÇÃO TAPA BURACOS NAS VIAS PAVIMENTADAS E AINDA REALIZAR A MANUTENÇÃO DA RUA QUE SEGUE ATÉ AS GRANJAS DE FRANGOS DE CORTE, TENDO EM VISTA A PÉSSIMA CONDIÇÕES EM QUE SE ENCONTRA.</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
     <t>Marcelo Covre</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/657/657_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/657/657_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, EM CONFORMIDADE COM O TEXTO REGIMENTAL DESTA CASA, VEM RESPEITOSAMENTE REQUERER A VOSSA EXCELÊNCIA, QUE APÓS OUVIDO O PLENÁRIO, SE ENVIE OFÍCIO AO PREFEITO MUNICIPAL,  SOLICITANDO PROVIDENCIAS JUNTAMENTE COM O CHEFE DE OBRAS DO MUNICÍPIO, QUANTO A REPOSIÇÃO E MANUTENÇÃO DA ILUMINAÇÃO DO BARRACÃO MUNICIPAL.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
     <t>Josemir Marcos Maestá</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/658/658_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/658/658_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, EM CONFORMIDADE COM O TEXTO REGIMENTAL DESTA CASA, VEM RESPEITOSAMENTE REQUERER A VOSSA EXCELÊNCIA, QUE APÓS OUVIDO O PLENÁRIO, SE ENVIE OFÍCIO AO PREFEITO MUNICIPAL,  SOLICITANDO PARA QUE ELE PRIORIZASSE MAIS O SETOR DA SAÚDE, COLOCANDO MAIS MOTORISTA E AMBULÂNCIA PARA QUE REALIZE O ATENDIMENTO IMEDIATO NOS CASOS DE EMERGÊNCIA, TENDO EM VISTA O ACONTECIDO ESSES DIAS, ONDE UMA MORADORA NECESSITOU DESTE TIPO DE ATENDIMENTO, MAS A AMBULÂNCIA DEMOROU MUITO PARA CHEGAR.</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/660/660_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/660/660_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, EM CONFORMIDADE COM O TEXTO REGIMENTAL DESTA CASA, VEM RESPEITOSAMENTE REQUERER A VOSSA EXCELÊNCIA, QUE APÓS OUVIDO O PLENÁRIO, SE ENVIE OFÍCIO AO PREFEITO MUNICIPAL,  SOLICITANDO PARA QUE ELE DESIGNASSE UM FUNCIONÁRIO PARA REALIZAR O LEVANTAMENTO DA QUANTIDADE DE LÂMPADAS QUEIMADAS REFERENTE A ILUMINAÇÃO PÚBLICA, NO SETOR DA VILA SANTO ANTÔNIO, E ASSIM REALIZASSE A TROCA DAS MESMAS.</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/661/661_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/661/661_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ABAIXO SUBSCREVE, EM CONFORMIDADE COM O TEXTO REGIMENTAL DESTA CASA, VEM RESPEITOSAMENTE REQUERER A VOSSA EXCELÊNCIA, QUE APÓS OUVIDO O PLENÁRIO, SE ENVIE OFÍCIO AO PREFEITO MUNICIPAL,  SOLICITANDO PROVIDÊNCIAS QUANTO A VILA RURAL RECANTO VERDE PARA QUE REALIZE OS SEGUINTES SERVIÇOS NAQUELA LOCALIDADE:_x000D_
 - EMPEDRAR A RUA PRINCIPAL E PASSAR O ROLO COMPACTADOR;_x000D_
 - INSTALAR AO MENOS 03 POSTES COM ILUMINAÇÃO NA ENTRADA DA VILA;_x000D_
 - COLOCAR PLACA COM A IDENTIFICAÇÃO DA VILA RURAL RECANTO VERDE._x000D_
 </t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/662/662_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/662/662_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, EM CONFORMIDADE COM O TEXTO REGIMENTAL DESTA CASA, VEM RESPEITOSAMENTE REQUERER A VOSSA EXCELÊNCIA, QUE APÓS OUVIDO O PLENÁRIO, SE ENVIE OFÍCIO AO PREFEITO MUNICIPAL,  SOLICITANDO PARA QUE ELE VERIFIQUE A POSSIBILIDADE DE DISPONIBILIZAR DIARIAMENTE UM EXEMPLAR DO JORNAL ODIÁRIO NA ESCOLA MUNICIPAL.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/663/663_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/663/663_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, EM CONFORMIDADE COM O TEXTO REGIMENTAL DESTA CASA, VEM RESPEITOSAMENTE REQUERER A VOSSA EXCELÊNCIA, QUE APÓS OUVIDO O PLENÁRIO, SE ENVIE OFÍCIO AO PREFEITO MUNICIPAL,  SOLICITANDO PARA QUE ELE PROVIDENCIE JUNTO AO DEPARTAMENTO COMPETENTE, A ROÇADA DO MATO LOCALIZADO NA PRAÇA DA IGREJA SANTO ANTONIO.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/664/664_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/664/664_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, EM CONFORMIDADE COM O TEXTO REGIMENTAL DESTA CASA, VEM RESPEITOSAMENTE REQUERER A VOSSA EXCELÊNCIA, QUE APÓS OUVIDO O PLENÁRIO, SE ENVIE OFÍCIO AO PREFEITO MUNICIPAL,  SOLICITANDO QUE ELE DETERMINE À SECRETÁRIA DO DEPARTAMENTO DE SAÚDE, QUE ENVIE A ESTA CASA DE LEIS, CÓPIA ATUALIZADA DOS HORÁRIOS DOS PLANTÕES DOS MOTORISTAS DAQUELE DEPARTAMENTO.</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/671/671_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/671/671_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, EM CONFORMIDADE COM O TEXTO REGIMENTAL DESTA CASA, VEM RESPEITOSAMENTE REQUERER A VOSSA EXCELÊNCIA, QUE APÓS OUVIDO O PLENÁRIO, SE ENVIE OFÍCIO AO PREFEITO MUNICIPAL,  SOLICITANDO PARA QUE ELE ESTUDE A POSSIBILIDADE DE ABRIR A CRECHE NO DISTRITO DE VALÊNCIA, TENDO EM VISTA VÁRIAS SOLICITAÇÕES DOS MORADORES, OU QUE NA IMPOSSIBILIDADE, AO MENOS DISPONIBILIZE UMA VAN PARA REALIZAR O TRANSPORTE DESTAS CRIANÇAS ATÉ A CRECHE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/672/672_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/672/672_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, EM CONFORMIDADE COM O TEXTO REGIMENTAL DESTA CASA, VEM RESPEITOSAMENTE REQUERER A VOSSA EXCELÊNCIA, QUE APÓS OUVIDO O PLENÁRIO, SE ENVIE OFÍCIO AO PREFEITO MUNICIPAL,  SOLICITANDO PARA QUE ELE VERIFIQUE A POSSIBILIDADE DE DOAR MÁQUINAS DE COSTURA AO EMPRESÁRIO MARCOS, CUJA EMPRESA FICA ONDE A SRA. TEREZINHA TINHA A SUA FÁBRICA</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/673/673_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/673/673_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, EM CONFORMIDADE COM O TEXTO REGIMENTAL DESTA CASA, VEM RESPEITOSAMENTE REQUERER A VOSSA EXCELÊNCIA, QUE APÓS OUVIDO O PLENÁRIO, SE ENVIE OFÍCIO AO PREFEITO MUNICIPAL,  SOLICITANDO PARA QUE ELE INFORME A ESTA CASA DE LEIS, QUAIS SÃO OS FUNCIONÁRIOS QUE RECEBEM VALORES DE INSALUBRIDADE E QUAL A PORCENTAGEM DE CADA UM RECEBE.</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/674/674_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/674/674_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, EM CONFORMIDADE COM O TEXTO REGIMENTAL DESTA CASA, VEM RESPEITOSAMENTE REQUERER A VOSSA EXCELÊNCIA, QUE APÓS OUVIDO O PLENÁRIO, SE ENVIE OFÍCIO AO PREFEITO MUNICIPAL,  SOLICITANDO PARA QUE ELE DETERMINE PARA QUE CADA FUNCIONÁRIO CUMPRA A CARGA HORÁRIA QUE LHE FOI ESTIPULADA QUANDO DA REALIZAÇÃO DO CONCURSO PÚBLICO, TENDO EM VISTA QUE EXISTEM SERVIDORES QUE NÃO ESTÃO CUMPRINDO A  SUA JORNADA DE TRABALHO.</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/675/675_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/675/675_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, EM CONFORMIDADE COM O TEXTO REGIMENTAL DESTA CASA, VEM RESPEITOSAMENTE REQUERER A VOSSA EXCELÊNCIA, QUE APÓS OUVIDO O PLENÁRIO, SE ENVIE OFÍCIO AO PREFEITO MUNICIPAL,  SOLICITANDO PARA QUE ELE PROVIDENCIE A REFORMA/AMPLIAÇÃO DO PONTO DE ÔNIBUS LOCALIZADO EM FRENTE AO MERCADO DO BOLACHA E TAMBÉM O LOCALIZADO NA VILA RURAL RECANTO VERDE.</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/676/676_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/676/676_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, EM CONFORMIDADE COM O TEXTO REGIMENTAL DESTA CASA, VEM RESPEITOSAMENTE REQUERER A VOSSA EXCELÊNCIA, QUE APÓS OUVIDO O PLENÁRIO, SE ENVIE OFÍCIO AO PREFEITO MUNICIPAL, PARA QUE JUNTAMENTE COM O DEPARTAMENTO COMPETENTE, TOME PROVIDENCIAS URGENTE QUANTO AOS ENTULHOS, LIXO E AOS ÔNIBUS ABANDONADOS NO TERRENO PRÓXIMO AO MATADOURO MUNICIPAL, ONDE TAMBÉM HÁ DENUNCIAS QUE SEMPRE FAZEM QUEIMADAS, O QUE PREJUDICA A SAÚDE QUE VIVE PERTO DAQUELE LOCAL. COBRO AINDA , A OPERAÇÃO DE CASTRAÇÃO DOS ANIMAIS SOLTOS NA RUA, QUE JÁ FOI SOLICITADO PELO VEREADOR ODIRLEI, MAS QUE ATÉ AGORA NÃO FORAM TOMADAS AS DEVIDAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/677/677_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/677/677_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, EM CONFORMIDADE COM O TEXTO REGIMENTAL DESTA CASA, VEM RESPEITOSAMENTE REQUERER A VOSSA EXCELÊNCIA, QUE APÓS OUVIDO O PLENÁRIO, SE ENVIE OFÍCIO AO PREFEITO MUNICIPAL, PARA QUE JUNTAMENTE COM O DEPARTAMENTO COMPETENTE, PROVIDENCIE JUNTO A MANUTENÇÃO COM A MOTONIVELADORA NA RUA TRÊS DE SETEMBRO, TENDO EM VISTA A SITUAÇÃO EM QUE ESTA VIA SE ENCONTRA.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/678/678_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/678/678_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, EM CONFORMIDADE COM O TEXTO REGIMENTAL DESTA CASA, VEM RESPEITOSAMENTE REQUERER A VOSSA EXCELÊNCIA, QUE APÓS OUVIDO O PLENÁRIO, SE ENVIE OFÍCIO AO PREFEITO MUNICIPAL, SOLICITANDO PARA QUE ELE VERIFIQUE A POSSIBILIDADE DE SE CONTRATAR UM AJUDANTE PARA AJUDAR NA COLETA DOS GALHOS E ENTULHOS, TENDO EM VISTA QUE O ATUAL EFETIVO NÃO ESTÁ DANDO CONTA DE TANTO SERVIÇO.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/679/679_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/679/679_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, EM CONFORMIDADE COM O TEXTO REGIMENTAL DESTA CASA, VEM RESPEITOSAMENTE REQUERER A VOSSA EXCELÊNCIA, QUE APÓS OUVIDO O PLENÁRIO, SE ENVIE OFÍCIO AO PREFEITO MUNICIPAL,  SOLICITANDO PROVIDENCIAS COM URGÊNCIA QUANTO A MANUTENÇÃO DA RUA JOAQUIM ALVES CINTRA, TENDO EM VISTA QUE ESTÁ IMPOSSÍVEL DE TRANSITAR NESTA VIA DEVIDO AS PÉSSIMAS CONDIÇÕES EM QUE SE ENCONTRA. REALIZAR AINDA ESTES SERVIÇOS NA ESTRADA QUE SEGUE ATÉ AOS BARRACÕES DE FRANGOS DE CORTE, QUE TAMBÉM ESTÁ EM PÉSSIMAS CONDIÇÕES.</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/680/680_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/680/680_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, EM CONFORMIDADE COM O TEXTO REGIMENTAL DESTA CASA, VEM RESPEITOSAMENTE REQUERER A VOSSA EXCELÊNCIA, QUE APÓS OUVIDO O PLENÁRIO, SE ENVIE OFÍCIO AO PREFEITO MUNICIPAL,  SOLICITANDO PROVIDENCIAS COM URGÊNCIA QUANTO A MANUTENÇÃO DA RUA LOCALIZADA EM FRENTE A IGREJA DE SANTO ANTÔNIO E DEMAIS RUAS LOCALIZADAS NA VILA SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/690/690_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/690/690_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ABAIXO SUBSCREVE, EM CONFORMIDADE COM O TEXTO REGIMENTAL DESTA CASA, VEM RESPEITOSAMENTE REQUERER A VOSSA EXCELÊNCIA, QUE APÓS OUVIDO O PLENÁRIO, SE ENVIE OFÍCIO AO PREFEITO MUNICIPAL,  SOLICITANDO PARA QUE O MESMO VERIFIQUE A POSSIBILIDADE DE ATENDER AS SEGUINTES REIVINDICAÇÕES DAS CONSELHEIRAS TUTELARES:_x000D_
 - PERMITIR QUE O CARRO DO CONSELHO FIQUE NA CASA DA CONSELHEIRA DURANTE O PERÍODO DO SEU PLANTÃO; _x000D_
 - EFETUAR A COMPRA UM APARELHO CELULAR PARA SER UTILIZADO POR ESTE DEPARTAMENTO, TENDO EM VISTA QUE O ATUAL APARELHO ESTÁ DANIFICADO;_x000D_
 - VERIFICAR A POSSIBILIDADE DE REAJUSTAR OS SALÁRIOS DESTES FUNCIONÁRIOS._x000D_
 </t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/691/691_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/691/691_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ABAIXO SUBSCREVE, EM CONFORMIDADE COM O TEXTO REGIMENTAL DESTA CASA, VEM RESPEITOSAMENTE REQUERER A VOSSA EXCELÊNCIA, QUE APÓS OUVIDO O PLENÁRIO, SE ENVIE OFÍCIO AO PREFEITO MUNICIPAL,  SOLICITANDO PARA QUE O MESMO PROVIDENCIE JUNTO AO DEPARTAMENTO COMPETENTE, REPAROS NA PAVIMENTAÇÃO DA AVENIDA DAVI GOMES, ONDE FORAM FEITOS SERVIÇOS DE TUBULAÇÃO. </t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/693/693_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/693/693_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, EM CONFORMIDADE COM O TEXTO REGIMENTAL DESTA CASA, VEM RESPEITOSAMENTE REQUERER A VOSSA EXCELÊNCIA, QUE APÓS OUVIDO O PLENÁRIO, SE ENVIE OFÍCIO AO PREFEITO MUNICIPAL,  SOLICITANDO PARA QUE O MESMO PROVIDENCIE JUNTO AO DEPARTAMENTO COMPETENTE, A PINTURA DOS QUEBRA-MOLAS E A COLOCAÇÃO DE PLACAS INDICANDO A PRESENÇA DESTES REDUTORES DE VELOCIDADE.</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/694/694_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/694/694_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, EM CONFORMIDADE COM O TEXTO REGIMENTAL DESTA CASA, VEM RESPEITOSAMENTE REQUERER A VOSSA EXCELÊNCIA, QUE APÓS OUVIDO O PLENÁRIO, SE ENVIE OFÍCIO AO PREFEITO MUNICIPAL,  SOLICITANDO PARA QUE O MESMO INFORME A ESTA CASA DE LEIS, QUAIS SÃO OS VEREADORES DA ATUAL GESTÃO, QUE SÃO MEMBROS (TITULARES OU SUPLENTES) DOS CONSELHOS MUNICIPAIS EXISTENTES EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/695/695_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/695/695_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, EM CONFORMIDADE COM O TEXTO REGIMENTAL DESTA CASA, VEM RESPEITOSAMENTE REQUERER A VOSSA EXCELÊNCIA, QUE APÓS OUVIDO O PLENÁRIO, SE ENVIE OFÍCIO AO PREFEITO MUNICIPAL,  SOLICITANDO PARA QUE O MESMO VERIFIQUE A POSSIBILIDADE DE DISPONIBILIZAR UM VEÍCULO DE PASSEIO PARA SER UTILIZADO EXCLUSIVAMENTE NO DEPARTAMENTO DE EDUCAÇÃO.</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/696/696_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/696/696_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, EM CONFORMIDADE COM O TEXTO REGIMENTAL DESTA CASA, VEM RESPEITOSAMENTE REQUERER A VOSSA EXCELÊNCIA, QUE APÓS OUVIDO O PLENÁRIO, SE ENVIE OFÍCIO AO PREFEITO MUNICIPAL,  SOLICITANDO PARA QUE O MESMO UTILIZE EXCLUSIVAMENTE PARA A AQUISIÇÃO DE UM MICRO-ÔNIBUS PARA O DEPARTAMENTO DE SAÚDE, OS RECURSOS QUE FORAM LIBERADOS PELO DEPUTADO ESTADUAL, DR. BATISTA, OBJETO DO PROJETO DE LEI Nº. 021/2016.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
     <t>Odirlei Zavatini, Adnilson Laureano</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/704/704_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/704/704_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, EM CONFORMIDADE COM O TEXTO REGIMENTAL DESTA CASA, VEM RESPEITOSAMENTE REQUERER A VOSSA EXCELÊNCIA, QUE APÓS OUVIDO O PLENÁRIO, SE ENVIE OFÍCIO AO PREFEITO MUNICIPAL,  SOLICITANDO PARA QUE O MESMO PROVIDENCIE CONSTRUÇÃO DE UM ABRIGO NO PONTO DE ÔNIBUS LOCALIZADO NA AVENIDA BRASIL E QUE PROVIDENCIE A REFORMA DO QUE SE ENCONTRA LOCALIZADO NA VILA RURAL.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/710/710_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/710/710_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, EM CONFORMIDADE COM O TEXTO REGIMENTAL DESTA CASA, VEM RESPEITOSAMENTE REQUERER A VOSSA EXCELÊNCIA, QUE APÓS OUVIDO O PLENÁRIO, SE ENVIE OFÍCIO AO PREFEITO MUNICIPAL, SOLICITANDO PARA QUE O MESMO PROVIDENCIE O CASCALHAMENTO DE TODAS RUAS QUE NÃO SÃO PAVIMENTADAS, LOCALIZADAS NA PARTE DE CIMA DO MUNICÍPIO (A CIMA DO AUTO POSTO ÂNGULO), REALIZANDO TAMBÉM A RETIRADA DE ENTULHOS E GALHOS QUE MUITAS VEZES ENCONTRAM-SE ACUMULADOS NESTAS VIAS.</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/715/715_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/715/715_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, EM CONFORMIDADE COM O TEXTO REGIMENTAL DESTA CASA, VEM RESPEITOSAMENTE REQUERER A VOSSA EXCELÊNCIA QUE APÓS OUVIDO O PLENÁRIO, SE ENVIE OFICIO AO SR. PREFEITO MUNICIPAL, SOLICITANDO PARA QUE O MESMO, AGILIZE A REGULARIZAÇÃO DA DOCUMENTAÇÃO DAS MORADIAS DO CONJUNTO HABITACIONAL ALVORADA, PARA QUE ESTES IMÓVEIS POSSAM SER DOADOS DEFINITIVAMENTE AOS SEUS ATUAIS MORADORES.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/716/716_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/716/716_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, EM CONFORMIDADE COM O TEXTO REGIMENTAL DESTA CASA, VEM RESPEITOSAMENTE REQUERER A VOSSA EXCELÊNCIA QUE APÓS OUVIDO O PLENÁRIO, SE ENVIE OFICIO AO SR. PREFEITO MUNICIPAL, SOLICITANDO PARA QUE O MESMO, PROVIDENCIE A INSTALAÇÃO DE MAIS BANCOS NA PRAÇA DA BEATA, TENDO EM VISTA QUE A QUANTIDADE RECENTEMENTE INSTALADA NÃO SUPRI A NECESSIDADE DA POPULAÇÃO, SENDO NECESSÁRIA A INSTALAÇÃO DE MAIS QUATRO UNIDADES NO MÍNIMO.</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/717/717_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/717/717_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, EM CONFORMIDADE COM O TEXTO REGIMENTAL DESTA CASA, VEM RESPEITOSAMENTE REQUERER A VOSSA EXCELÊNCIA QUE APÓS OUVIDO O PLENÁRIO, SE ENVIE OFICIO AO SR. PREFEITO MUNICIPAL, SOLICITANDO PARA QUE O MESMO, VERIFIQUE A POSSIBILIDADE DE INSTALAR CÂMARAS DE MONITORAMENTO NAS ENTRADAS E SAÍDAS DO MUNICÍPIO, TENDO EM VISTA O AUMENTO DOS CASOS DE ROUBOS, E ASSIM AUMENTAR A SEGURANÇA DA POPULAÇÃO.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/742/742_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/742/742_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, EM CONFORMIDADE COM O TEXTO REGIMENTAL DESTA CASA, VEM RESPEITOSAMENTE REQUERER A VOSSA EXCELÊNCIA QUE APÓS OUVIDO O PLENÁRIO, SE ENVIE OFICIO AO SR. PREFEITO MUNICIPAL, SOLICITANDO PARA QUE O MESMO INTERVENHA JUNTO À COPEL, PEDINDO COM URGÊNCIA, A RETIRADA E/OU DESLOCAMENTO DE UM POSTE LOCALIZADO NA AVENIDA VALÉRIO OSMAR ESTEVÃO, EM FRENTE AO LAVADOR DO JOÃO DA PEDRA BRANCA, TENDO EM VISTA QUE DA FORMA QUE ENCONTRA-SE INSTALADO, DIFICULTA A ENTRADA E SAÍDA DOS VEÍCULOS DO ESTABELECIMENTO.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/</t>
+    <t>http://sapl.angulo.pr.leg.br/media/</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, EM CONFORMIDADE COM O TEXTO REGIMENTAL DESTA CASA, VEM RESPEITOSAMENTE REQUERER A VOSSA EXCELÊNCIA QUE APÓS OUVIDO O PLENÁRIO, E TENDO EM VISTA A INFORMAÇÃO DA COBRANÇA PELO EXECUTIVO DE UMA TAXA DE R$ 1.000,00 (HUM MIL REAIS) DOS COMERCIANTES DA ÁREA CENTRAL DA CIDADE, EM VIRTUDE DA FESTA EM COMEMORAÇÃO AO ANIVERSÁRIO DO MUNICÍPIO, PEÇO QUE SEJA ENCAMINHADO OFÍCIO AO PREFEITO MUNICIPAL, SOLICITANDO A ISENÇÃO DESTA COBRANÇA, TENDO EM VISTA QUE ESTES COMERCIANTES JÁ PAGAM O ALVARÁ DE LICENÇA, OU SEJA, NÃO SERIA JUSTO COM ESTE TRABALHADORES ESTA COBRANÇA.</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/750/750_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/750/750_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, EM CONFORMIDADE COM O TEXTO REGIMENTAL DESTA CASA, VEM RESPEITOSAMENTE REQUERER A VOSSA EXCELÊNCIA, QUE APÓS OUVIDO O PLENÁRIO, SE ENVIE OFÍCIO AO PREFEITO MUNICIPAL, SOLICITANDO PARA QUE O MESMO PROVIDENCIE A INSTALAÇÃO DE LIXEIRAS NA CASA MORTUÁRIA MUNICIPAL, TENDO EM VISTA A FALTA DESTAS NA ÁREA EXTERNA DAQUELE LOCAL.</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/762/762_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/762/762_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, EM CONFORMIDADE COM O TEXTO REGIMENTAL DESTA CASA, VEM RESPEITOSAMENTE REQUERER A VOSSA EXCELÊNCIA, QUE APÓS OUVIDO O PLENÁRIO, SE ENVIE OFÍCIO AO PREFEITO MUNICIPAL, SOLICITANDO PARA QUE O MESMO ENVIE A ESTA CASA DE LEIS, CÓPIA DO PLANTÃO DE TRABALHO DO MÉDICO THIAGO SUZUKI, REFERENTE AOS MESES DE AGOSTO E SETEMBRO/2016.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/763/763_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/763/763_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, EM CONFORMIDADE COM O TEXTO REGIMENTAL DESTA CASA, VEM RESPEITOSAMENTE REQUERER A VOSSA EXCELÊNCIA, QUE APÓS OUVIDO O PLENÁRIO, SE ENVIE OFÍCIO AO PREFEITO MUNICIPAL, PARA QUE O MESMO PROVIDENCIE JUNTO AO DEPARTAMENTO DE OBRAS, A CONSTRUÇÃO DE MAIS UM REDUTOR DE VELOCIDADE (QUEBRA-MOLA) NA RUA DELMIRO COSTA DE OLIVEIRA, PERTO DO CRUZAMENTO COM A RUA JOSÉ DENIPOTE, TENDO EM VISTA O ACONTECIMENTO DE VÁRIOS ACIDENTES NAQUELE LOCAL.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/764/764_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/764/764_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, EM CONFORMIDADE COM O TEXTO REGIMENTAL DESTA CASA, VEM RESPEITOSAMENTE REQUERER A VOSSA EXCELÊNCIA, QUE APÓS OUVIDO O PLENÁRIO, SE ENVIE OFÍCIO AO PREFEITO MUNICIPAL, PARA QUE O MESMO PROVIDENCIE JUNTO AO DER, QUANTO À SAÍDA PARA ATALAIA, ONDE NOVAMENTE OS BURACOS ESTÃO ATORMENTANDO A VIDA DOS MOTORISTAS.</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/766/766_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/766/766_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, EM CONFORMIDADE COM O TEXTO REGIMENTAL DESTA CASA, VEM RESPEITOSAMENTE REQUERER A VOSSA EXCELÊNCIA, QUE APÓS OUVIDO O PLENÁRIO, SE ENVIE OFÍCIO AO PREFEITO MUNICIPAL, PARA QUE O MESMO PROVIDENCIE JUNTO AO DEPARTAMENTO DE OBRAS, UMA OPERAÇÃO DE LIMPEZA E DESOBSTRUÇÃO DAS BOCAS DE LOBOS DO MUNICÍPIO, BEM COMO A COLOCAÇÃO DE GRADES, VISANDO A CONTENÇÃO DE LIXO DURANTE O ESCOAMENTO DAS ÁGUAS E TAMBÉM EVITAR ACIDENTES COM A POPULAÇÃO.</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/774/774_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/774/774_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, EM CONFORMIDADE COM O TEXTO REGIMENTAL DESTA CASA, VEM RESPEITOSAMENTE REQUERER A VOSSA EXCELÊNCIA, QUE APÓS OUVIDO O PLENÁRIO, SE ENVIE OFÍCIO À SECRETÁRIA DE SAÚDE DO MUNICÍPIO, PARA QUE ENVIE ESCLARECIMENTOS QUANTO A COMPRA DE KITS DA CAMPANHA "OUTUBRO ROSA", TENDO EM VISTA QUE O VALOR PAGO PELOS PRODUTOS ESTÁ BEM ACIMA DO PRATICADO NO MERCADO.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/775/775_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/775/775_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, EM CONFORMIDADE COM O TEXTO REGIMENTAL DESTA CASA, VEM RESPEITOSAMENTE REQUERER A VOSSA EXCELÊNCIA, QUE APÓS OUVIDO O PLENÁRIO, SE ENVIE OFÍCIO AO PREFEITO MUNICIPAL, SOLICITANDO PARA QUE ELE VERIFIQUE A POSSIBILIDADE DE COLOCAR MAIS FUNCIONÁRIOS PARA REALIZAREM A COLETA DO LIXO, DURANTE O PERÍODO EM QUE A PREFEITURA ABRI SOMENTE MEIO PERÍODO, TENDO EM VISTA QUE ATUALMENTE NÃO ESTÃO DANDO CONTA DE COLETAR TODO LIXO E ASSIM ACABA ACUMULANDO NAS RESIDÊNCIAS E GERANDO MUITOS TRANSTORNOS E RECLAMAÇÕES PELA POPULAÇÃO.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>Marcelo Covre, Márcio Cione Rissardo</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/776/776_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/776/776_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, EM CONFORMIDADE COM O TEXTO REGIMENTAL DESTA CASA, VEM RESPEITOSAMENTE REQUERER A VOSSA EXCELÊNCIA, QUE APÓS OUVIDO O PLENÁRIO, SE ENVIE OFÍCIO AO PREFEITO MUNICIPAL, SOLICITANDO PARA QUE ELE VERIFIQUE A POSSIBILIDADE INSTALAR ALAMBRADO EM TORNO DO PRÉDIO ONDE FUNCIONA O  PROGRAMA DE ERRADICAÇÃO DO TRABALHO INFANTIL (PETI), TENDO EM VISTA QUE ESTE LOCAL É FREQUENTADO POR CRIANÇAS E ADOLESCENTES E FICA ÀS MARGENS DE UMA VIA MUITO MOVIMENTADA.</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/777/777_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/777/777_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, EM CONFORMIDADE COM O TEXTO REGIMENTAL DESTA CASA, VEM RESPEITOSAMENTE REQUERER A VOSSA EXCELÊNCIA, QUE APÓS OUVIDO O PLENÁRIO, SE ENVIE OFÍCIO AO PREFEITO MUNICIPAL SOLICITANDO PARA QUE O MESMO INTERVENHA JUNTO AO DER, SOLICITANDO PROVIDÊNCIAS NO SENTIDO DE REALIZAR A PINTURA DO QUEBRA-MOLAS LOCALIZADO NA AVENIDA VALÉRIO OSMAR ESTEVÃO, PERTO DA COOPERATIVA COCAMAR, TENDO EM VISTA A FALTA DE VISIBILIDADE DESTE REDUTOR DE VELOCIDADE.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/787/787_texto_integral.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/787/787_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, EM CONFORMIDADE COM O TEXTO REGIMENTAL DESTA CASA, VEM RESPEITOSAMENTE REQUERER A VOSSA EXCELÊNCIA, QUE APÓS OUVIDO O PLENÁRIO, SE ENVIE OFÍCIO AO PREFEITO MUNICIPAL SOLICITANDO PARA QUE O MESMO, JUNTO AO DEPARTAMENTO COMPETENTE, PROVIDENCIE A ROÇADA DOS TERRENOS BALDIOS DO DISTRITO DE VALÊNCIA, TENDO EM VISTA O APARECIMENTO DE SCORPIÕES  DEVIDO A QUANTIDADE DE MATO EM QUE SE ENCONTRAM ESTES TERRENOS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2260,68 +2260,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/709/709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/718/718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/618/618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/619/619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/620/620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/621/621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/622/622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/623/623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/626/626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/631/631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/638/638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/649/649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/650/650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/681/681_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/692/692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/720/720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/732/732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/733/733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/734/734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/736/736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/737/737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/738/738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/739/739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/740/740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/741/741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/749/749_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/751/751_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/765/765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/772/772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/697/697_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/698/698_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/699/699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/700/700_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/701/701_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/702/702_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/703/703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/756/756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/625/625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/648/648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/748/748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/747/747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/789/789_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/633/633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/634/634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/635/635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/636/636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/637/637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/639/639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/641/641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/640/640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/642/642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/645/645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/644/644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/651/651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/652/652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/659/659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/665/665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/667/667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/668/668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/669/669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/670/670_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/666/666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/682/682_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/684/684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/683/683_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/685/685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/686/686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/687/687_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/689/689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/688/688_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/705/705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/706/706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/714/714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/713/713_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/712/712_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/719/719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/721/721_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/722/722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/723/723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/724/724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/725/725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/726/726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/727/727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/728/728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/729/729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/730/730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/731/731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/735/735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/744/744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/745/745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/746/746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/752/752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/753/753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/754/754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/755/755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/758/758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/757/757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/759/759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/761/761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/760/760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/767/767_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/768/768_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/769/769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/770/770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/771/771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/773/773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/779/779_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/778/778_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/780/780_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/781/781_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/782/782_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/783/783_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/784/784_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/785/785_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/786/786_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/788/788_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/790/790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/791/791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/792/792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/794/794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/793/793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/627/627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/628/628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/629/629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/630/630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/632/632_texto_integral.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/643/643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/646/646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/647/647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/653/653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/654/654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/655/655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/656/656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/657/657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/658/658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/660/660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/661/661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/662/662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/663/663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/664/664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/671/671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/672/672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/673/673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/674/674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/675/675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/676/676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/677/677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/678/678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/679/679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/680/680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/690/690_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/691/691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/693/693_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/694/694_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/695/695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/696/696_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/704/704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/710/710_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/715/715_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/716/716_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/717/717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/742/742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/750/750_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/762/762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/763/763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/764/764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/766/766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/774/774_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/775/775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/776/776_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/777/777_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/787/787_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/709/709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/718/718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/618/618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/619/619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/620/620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/621/621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/622/622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/623/623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/626/626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/631/631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/638/638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/649/649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/650/650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/681/681_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/692/692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/720/720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/732/732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/733/733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/734/734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/736/736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/737/737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/738/738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/739/739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/740/740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/741/741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/749/749_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/751/751_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/765/765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/772/772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/697/697_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/698/698_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/699/699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/700/700_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/701/701_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/702/702_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/703/703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/756/756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/625/625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/648/648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/748/748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/747/747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/789/789_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/633/633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/634/634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/635/635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/636/636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/637/637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/639/639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/641/641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/640/640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/642/642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/645/645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/644/644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/651/651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/652/652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/659/659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/665/665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/667/667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/668/668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/669/669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/670/670_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/666/666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/682/682_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/684/684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/683/683_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/685/685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/686/686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/687/687_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/689/689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/688/688_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/705/705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/706/706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/714/714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/713/713_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/712/712_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/719/719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/721/721_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/722/722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/723/723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/724/724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/725/725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/726/726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/727/727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/728/728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/729/729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/730/730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/731/731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/735/735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/744/744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/745/745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/746/746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/752/752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/753/753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/754/754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/755/755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/758/758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/757/757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/759/759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/761/761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/760/760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/767/767_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/768/768_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/769/769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/770/770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/771/771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/773/773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/779/779_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/778/778_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/780/780_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/781/781_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/782/782_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/783/783_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/784/784_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/785/785_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/786/786_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/788/788_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/790/790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/791/791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/792/792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/794/794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/793/793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/627/627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/628/628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/629/629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/630/630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/632/632_texto_integral.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/643/643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/646/646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/647/647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/653/653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/654/654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/655/655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/656/656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/657/657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/658/658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/660/660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/661/661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/662/662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/663/663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/664/664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/671/671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/672/672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/673/673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/674/674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/675/675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/676/676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/677/677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/678/678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/679/679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/680/680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/690/690_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/691/691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/693/693_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/694/694_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/695/695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/696/696_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/704/704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/710/710_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/715/715_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/716/716_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/717/717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/742/742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/750/750_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/762/762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/763/763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/764/764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/766/766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/774/774_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/775/775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/776/776_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/777/777_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/./sapl/public/materialegislativa/2016/787/787_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H174"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="94.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="91.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="90.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>