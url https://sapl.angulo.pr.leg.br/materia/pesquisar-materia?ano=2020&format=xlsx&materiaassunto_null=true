--- v0 (2025-12-20)
+++ v1 (2026-03-25)
@@ -54,1575 +54,1575 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1268</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Odirlei Zavatini</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1268/indicacao_no_001-2020_-_farmacia_24_horas_posto_de_saude.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1268/indicacao_no_001-2020_-_farmacia_24_horas_posto_de_saude.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr. Prefeito Municipal, que solicite junto com a Secretaria Municipal de Saúde, um estudo no sentido de promover o atendimento público de forma diária da Farmácia Municipal, incluindo os fins de semana e feriados, e ainda ter plantão de atendimento 24 horas por dia.</t>
   </si>
   <si>
     <t>1269</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Lucas Moraes dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1269/indicacao_no_002-2020_-_extensao_de_iluminacao_publica_rua_03_de_setembro.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1269/indicacao_no_002-2020_-_extensao_de_iluminacao_publica_rua_03_de_setembro.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal, a necessidade de instalação de extensão de iluminação pública na Rua 03 (três) de setembro, próximo a quadra antiga.</t>
   </si>
   <si>
     <t>1270</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1270/indicacao_no_003-2020_-_colocacao_de_cesta_de_basquete_ginasio.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1270/indicacao_no_003-2020_-_colocacao_de_cesta_de_basquete_ginasio.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal a necessidade de instalação de cesta de basquete no ginásio municipal.</t>
   </si>
   <si>
     <t>1271</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1271/indicacao_no_004-2020_-_quebra_molas_rua_delmiro_costa.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1271/indicacao_no_004-2020_-_quebra_molas_rua_delmiro_costa.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal a necessidade de instalação de um quebra-molas na Rua Delmiro Costa de Oliveira, na rua do Posto de Saúde, no asfalto novo.</t>
   </si>
   <si>
     <t>1297</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Carlos Roberto Bacega</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1297/indicacao_no_005-2020_-_cobertura_area_externa_capela_mortuaria.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1297/indicacao_no_005-2020_-_cobertura_area_externa_capela_mortuaria.pdf</t>
   </si>
   <si>
     <t>INDICA ao Sr. Prefeito Municipal, para que providencie a construção de uma cobertura na área externa da Capela Mortuária de Ângulo.</t>
   </si>
   <si>
     <t>1298</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1298/indicacao_no_006-2020_-_sinalizacao_proibido_estacionar_-_bar_da_nete.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1298/indicacao_no_006-2020_-_sinalizacao_proibido_estacionar_-_bar_da_nete.pdf</t>
   </si>
   <si>
     <t>INDICA ao Sr. Prefeito Municipal, para que providencie a sinalização indicando que é proibido estacionar no trecho da divisa entre o Bar da Nete e o Supermercado Paladar.</t>
   </si>
   <si>
     <t>1299</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1299/indicacao_no_007-2020_-_manutencao_quebra_molas_bar_da_net.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1299/indicacao_no_007-2020_-_manutencao_quebra_molas_bar_da_net.pdf</t>
   </si>
   <si>
     <t>INDICA ao Sr. Prefeito Municipal, para que providencie a reforma do redutor de velocidade (quebra-mola), localizado na Avenida Valério Osmar Estevão (PR-218), em frente ao Bar da Nete.</t>
   </si>
   <si>
     <t>1336</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Márcio Cione Rissardo</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1336/indicacao_no_008-2020_-_epis_e_curs_de_bombeiro_caminhao_pipa.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1336/indicacao_no_008-2020_-_epis_e_curs_de_bombeiro_caminhao_pipa.pdf</t>
   </si>
   <si>
     <t>INDICA ao Sr. Prefeito Municipal, para que providencie a aquisição de EPIs (Equipamentos de Proteção Individual) específico para os funcionários que operam o Caminhão Pipa quando ao combate à incêndios, bem como ainda, oferecer cursos nesta área a estes servidores.</t>
   </si>
   <si>
     <t>1343</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Marcelo Covre</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1343/indicacao_no_009-2020_-_campo_de_futebol_de_areia_comunidade_de_valencia.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1343/indicacao_no_009-2020_-_campo_de_futebol_de_areia_comunidade_de_valencia.pdf</t>
   </si>
   <si>
     <t>INDICA ao Sr. Prefeito Municipal, para que providencie a Construção de uma Quadra de Areia, na Comunidade de Valência.</t>
   </si>
   <si>
     <t>1364</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Leandro Rissardo de Andrade</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1364/indicacao_no_010-2020_-_retirada_postes_fio_telefone_vila_rural.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1364/indicacao_no_010-2020_-_retirada_postes_fio_telefone_vila_rural.pdf</t>
   </si>
   <si>
     <t>INDICA ao Sr. Prefeito Municipal, para que INTERVENHA junto ao Órgão Competente, e verifique a possibilidade da retirada dos postes localizados às margens da Rodovia PR-218, que seguem até a Vila Rural Recanto Verde.</t>
   </si>
   <si>
     <t>1365</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Silvia Aparecida Vidigal Pereira</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1365/indicacao_no_011-2020_-_ponto_de_onibus_vila_rural_e_vias_de_acesso.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1365/indicacao_no_011-2020_-_ponto_de_onibus_vila_rural_e_vias_de_acesso.pdf</t>
   </si>
   <si>
     <t>INDICA ao Sr. Prefeito Municipal, a necessidade da construção de um ponto de ônibus e vias de acesso na Vila Rural Recanto Verde.</t>
   </si>
   <si>
     <t>1366</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1366/indicacao_no_012-2020_-_plantio_de_arovres_parquinho_municipal.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1366/indicacao_no_012-2020_-_plantio_de_arovres_parquinho_municipal.pdf</t>
   </si>
   <si>
     <t>INDICA ao Sr. Prefeito Municipal, a necessidade de realizar o plantio de árvores nas dependências do Parquinho Playground Infantil.</t>
   </si>
   <si>
     <t>1349</t>
   </si>
   <si>
     <t>MSG</t>
   </si>
   <si>
     <t>Mensagem</t>
   </si>
   <si>
     <t>Rogério Ap. Bernardo</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1349/pedido_regime_de_urgencia_pl_062.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1349/pedido_regime_de_urgencia_pl_062.pdf</t>
   </si>
   <si>
     <t>Solicita o regime de  urgência para a tramitação do Projeto de Lei n. 062/2020.</t>
   </si>
   <si>
     <t>1248</t>
   </si>
   <si>
     <t>OFIC</t>
   </si>
   <si>
     <t>Ofício</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1248/oficio_no_005-2020_-__executivo_encaminha_projeto_recomposicao.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1248/oficio_no_005-2020_-__executivo_encaminha_projeto_recomposicao.pdf</t>
   </si>
   <si>
     <t>Encaminha e solicita o regime de urgência, o Projeto de Lei nº 001/2020 que dispõe sobre a recomposição inflacionária aos servidores e agentes políticos do Executivo Municipal.</t>
   </si>
   <si>
     <t>1263</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/</t>
+    <t>http://sapl.angulo.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Encaminha em regime de urgência o Projeto de Lei nº 014/2020.</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1276/oficio_no_022-2020_-_encaminha_pl_015_e_016.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1276/oficio_no_022-2020_-_encaminha_pl_015_e_016.pdf</t>
   </si>
   <si>
     <t>Encaminha os Projeto de Lei nº 015 e 016/2020 e solicita o regime de urgência para o Projeto nº 016/2020.</t>
   </si>
   <si>
     <t>1279</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1279/oficio_no_038-2020_-_pl_no_017-2020_em_regime.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1279/oficio_no_038-2020_-_pl_no_017-2020_em_regime.pdf</t>
   </si>
   <si>
     <t>Encaminha o Projeto de Lei nº 017/2020 e solicita o regime de urgência para a tramitação do mesmo.</t>
   </si>
   <si>
     <t>1282</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1282/oficio_no_040-2020_-_encaminha_pl_019_020_021_e_022.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1282/oficio_no_040-2020_-_encaminha_pl_019_020_021_e_022.pdf</t>
   </si>
   <si>
     <t>Encaminha em regime de urgência, os Projetos de Lei nº 019, 020, 021 e 022/2020, que autorizam a abertura de créditos suplementares no orçamento do Executivo Municipal.</t>
   </si>
   <si>
     <t>1287</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1287/oficio_no_046-2020_-_encaminha_pls_023_024_025_026_027_e_028_em_ru.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1287/oficio_no_046-2020_-_encaminha_pls_023_024_025_026_027_e_028_em_ru.pdf</t>
   </si>
   <si>
     <t>Encaminha, com pedido de regime de urgência, os Projetos de Lei nº 023, 024, 025, 026, 027 e 028/2020 que dispõem sobre abertura de créditos adicionais.</t>
   </si>
   <si>
     <t>1295</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1295/oficio_no_050-2020_-_encaminha_pl_029_em_ru.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1295/oficio_no_050-2020_-_encaminha_pl_029_em_ru.pdf</t>
   </si>
   <si>
     <t>Encaminha o Projeto de Lei nº 029/2020 que dispõe sobre abertura de créditos suplementares no orçamento do Executivo Municipal, e solicita o regime de urgência para a tramitação do mesmo.</t>
   </si>
   <si>
     <t>1300</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1300/oficio_no_055-2020_-_encaminha_pl_030_031_032_e_033_em_ru.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1300/oficio_no_055-2020_-_encaminha_pl_030_031_032_e_033_em_ru.pdf</t>
   </si>
   <si>
     <t>Encaminha os Projetos de Lei nº 030, 031, 032 e 033/2020 que tratam da abertura de créditos suplementares e solicita a tramitação em regime de urgência.</t>
   </si>
   <si>
     <t>1305</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1305/oficio_no_056-2020_-_encaminha_pl_034-2020.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1305/oficio_no_056-2020_-_encaminha_pl_034-2020.pdf</t>
   </si>
   <si>
     <t>Encaminha o Projeto de Lei nº 034/2020 que dispõe sobre exigências aos processos licitatórios. Solicita ainda a tramitação em regime de urgência.</t>
   </si>
   <si>
     <t>1307</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1307/oficio_no_057-2020_-_encaminha_pl_035em_ru.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1307/oficio_no_057-2020_-_encaminha_pl_035em_ru.pdf</t>
   </si>
   <si>
     <t>Encaminha em regime de urgência, o Projeto de Lei nº 035/2020.</t>
   </si>
   <si>
     <t>1309</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1309/oficio_no_060-2020_pl_036_037_e_038_em_ru.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1309/oficio_no_060-2020_pl_036_037_e_038_em_ru.pdf</t>
   </si>
   <si>
     <t>Encaminha os Projetos de Lei nº 036, 037, 038 e 039/2020 e solicita a tramitação em regime de urgência.</t>
   </si>
   <si>
     <t>1315</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1315/oficio_no_069-2020_-_encaminha_pls_040_041_042_043_e_044-2020.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1315/oficio_no_069-2020_-_encaminha_pls_040_041_042_043_e_044-2020.pdf</t>
   </si>
   <si>
     <t>Encaminha os Projetos de Lei nº 040, 041,0 42, 043 e 044/2020 e solicita a tramitação em regime de urgência.</t>
   </si>
   <si>
     <t>1322</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1322/oficio_no_076-2020_-_encaminha_pl_046-2020.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1322/oficio_no_076-2020_-_encaminha_pl_046-2020.pdf</t>
   </si>
   <si>
     <t>Solicita o regime de urgência para o trâmite do Projeto de Lei nº 046/2020.</t>
   </si>
   <si>
     <t>1323</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1323/oficio_no_078-2020_-_encaminha_pls_047_048_e_049-2020_em_ru.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1323/oficio_no_078-2020_-_encaminha_pls_047_048_e_049-2020_em_ru.pdf</t>
   </si>
   <si>
     <t>Encaminha em regime de urgência, os Projetos de Lei nº 047, 048 e 049/2020.</t>
   </si>
   <si>
     <t>1328</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1328/oficio_no_093-2020_-_ru_pl_51_52_53_e_54.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1328/oficio_no_093-2020_-_ru_pl_51_52_53_e_54.pdf</t>
   </si>
   <si>
     <t>Encaminha os Projetos de Lei nº 051, 052, 053 e 054/2020 e solicita a tramitação em Regime de Urgência.</t>
   </si>
   <si>
     <t>1338</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1338/oficio_no_105-2020_-_ru_pl_056_057_058_e_059-2020.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1338/oficio_no_105-2020_-_ru_pl_056_057_058_e_059-2020.pdf</t>
   </si>
   <si>
     <t>Encaminha em Regime de Urgência, os Projetos de Lei nº 056, 057, 058 e 059/2020.</t>
   </si>
   <si>
     <t>1346</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1346/oficio_no_116-2020_-_ru_pl_063_e_064.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1346/oficio_no_116-2020_-_ru_pl_063_e_064.pdf</t>
   </si>
   <si>
     <t>Encaminha com regime de urgência, os Projetos de Lei nº 063 e 064/2020 que dispõem sobre abertura de créditos suplementares no orçamento do Executivo Municipal.</t>
   </si>
   <si>
     <t>1350</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1350/oficio_no_117-2020_-_encaminha_pls_065_066_067_e_068-2020.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1350/oficio_no_117-2020_-_encaminha_pls_065_066_067_e_068-2020.pdf</t>
   </si>
   <si>
     <t>Encaminha com o pedido de regime de urgência, os Projetos de Lei nº 065, 066, 067 e 068/2020.</t>
   </si>
   <si>
     <t>1355</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1355/oficio_no_119-2020_-_encaminha_pl_069_e_070_em_ru.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1355/oficio_no_119-2020_-_encaminha_pl_069_e_070_em_ru.pdf</t>
   </si>
   <si>
     <t>Encaminha os Projetos de Lei nº 069 e 070/2020 e solicita a tramitação em regime de urgência.</t>
   </si>
   <si>
     <t>1367</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1367/oficio_no_123-2020_-_encaminha_pl_076-2020_em_ru.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1367/oficio_no_123-2020_-_encaminha_pl_076-2020_em_ru.pdf</t>
   </si>
   <si>
     <t>Encaminha em regime de urgência o Projeto de Lei nº 076-2020 que trata da abertura de créditos suplementares no orçamento vigente do Executivo Municipal.</t>
   </si>
   <si>
     <t>1369</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1369/oficio_no_124-2020_-_encaminha_pl_077-2020_em_ru.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1369/oficio_no_124-2020_-_encaminha_pl_077-2020_em_ru.pdf</t>
   </si>
   <si>
     <t>Encaminha com pedido de tramitação em regime de urgência, o Projeto de Lei nº 077/2020 que altera a Lei Municipal nº 753/2014.</t>
   </si>
   <si>
     <t>1371</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1371/oficio_no_125-2020_-__encaminha_pl_078-2020_em_ru.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1371/oficio_no_125-2020_-__encaminha_pl_078-2020_em_ru.pdf</t>
   </si>
   <si>
     <t>Encaminha o Projeto de Lei nº 078/2020 e solicita a sua tramitação em regime de urgência.</t>
   </si>
   <si>
     <t>1373</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1373/oficio_no_126-2020_-_encaminha_pls_079_e_080-2020_em_ru.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1373/oficio_no_126-2020_-_encaminha_pls_079_e_080-2020_em_ru.pdf</t>
   </si>
   <si>
     <t>Encaminha os Projetos de Lei nº 079 e 080/2020 e solicita a tramitação em regime de urgência.</t>
   </si>
   <si>
     <t>1376</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1376/oficio_no_127-2020_-_encaminha_pl_081_e_082_em_ru.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1376/oficio_no_127-2020_-_encaminha_pl_081_e_082_em_ru.pdf</t>
   </si>
   <si>
     <t>Encaminha os Projetos de Lei nº 081 e 082/2020 que dispõem sobre a abertura de créditos suplementares no orçamento do Executivo Municipal e solicita a tramitação em regime de urgência.</t>
   </si>
   <si>
     <t>1362</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>CEFO - Comissão de Economia, Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1362/projeto_de_decreto_legislativo_no_001-2020_-_aprova_contas_executivo_2015.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1362/projeto_de_decreto_legislativo_no_001-2020_-_aprova_contas_executivo_2015.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação das contas do Poder Executivo do Município de Ângulo, referente ao exercício financeiro de 2.015.</t>
   </si>
   <si>
     <t>1359</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1359/projeto_de_lei_complementar_no_074-2020_-_altera_lei_complementar_no_005-2006.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1359/projeto_de_lei_complementar_no_074-2020_-_altera_lei_complementar_no_005-2006.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Complementar nº 005 de 16 de dezembro de 2006, que trata sobre o imposto sobre serviços de qualquer natureza - ISSQN, e dá outras providências.</t>
   </si>
   <si>
     <t>1261</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
     <t>Mesa Executiva - MESA EXECU</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1261/projeto_de_lei_legislativo_no_001-2020_-_revisao_geral_anual_vereadores.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1261/projeto_de_lei_legislativo_no_001-2020_-_revisao_geral_anual_vereadores.pdf</t>
   </si>
   <si>
     <t>Concede revisão geral anual dos subsídios dos Vereadores e do Presidente da Câmara Municipal de Ângulo, Estado do Paraná.</t>
   </si>
   <si>
     <t>1262</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual dos vencimentos dos servidores públicos efetivos ativos, inativos e pensionistas do Poder Legislativo Municipal de Ângulo, constantes na Tabela I da Resolução nº 003/2007.</t>
   </si>
   <si>
     <t>1294</t>
   </si>
   <si>
     <t>Altera tabela de valores das diárias, constante do anexo I da Lei Municipal nº 1.202/2019 - Leg, que dispõe sobre a regulamentação, concessão e fixação de valores de diárias ao Prefeito, Vice-Prefeito e Secretários Municipais da Prefeitura Municipal de Ângulo-Pr.</t>
   </si>
   <si>
     <t>1333</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1333/projeto_de_lei_legislativo_no_004-2020_-_fixa_subsidios_vereadores_e_presidente_2021-2024.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1333/projeto_de_lei_legislativo_no_004-2020_-_fixa_subsidios_vereadores_e_presidente_2021-2024.pdf</t>
   </si>
   <si>
     <t>Fixa os Subsídios dos Vereadores e do Presidente da Câmara Municipal de Ângulo, Estado do Paraná, para 2021/2024 e dá outras providências.</t>
   </si>
   <si>
     <t>1334</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1334/projeto_de_lei_legislativo_no_005-2020_-_fixa_subsidios_prefeito-vice-secretarios_2021-2024.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1334/projeto_de_lei_legislativo_no_005-2020_-_fixa_subsidios_prefeito-vice-secretarios_2021-2024.pdf</t>
   </si>
   <si>
     <t>Fixam os Subsídios do Prefeito, do Vice-Prefeito e Secretários Municipais para a 8º Legislatura (2021/2024) e dá outras providências.</t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1247/projeto_de_lei_no_001-2020_-_recomposicao_funcionarios_e_politicos_executivo.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1247/projeto_de_lei_no_001-2020_-_recomposicao_funcionarios_e_politicos_executivo.pdf</t>
   </si>
   <si>
     <t>Concede recomposição salarial aos servidores públicos e agentes políticos do Executivo Municipal, a partir de 1º de janeiro/2020 e dá outras providências.</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1251/projeto_de_lei_no_002-2020_-_amortizacao_defict_ipam.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1251/projeto_de_lei_no_002-2020_-_amortizacao_defict_ipam.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para o parcelamento do aporte para amortização do déficit Técnico Atuarial do IPAM, referente ao Exercício Financeiro de 2019 e dá outras providências.</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1252/projeto_de_lei_no_003-2020_-_ratifica_alteracoes_amusep_proamusep.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1252/projeto_de_lei_no_003-2020_-_ratifica_alteracoes_amusep_proamusep.pdf</t>
   </si>
   <si>
     <t>Ratifica as alterações realizadas no protocolo de intenções gestão da AMUSEP - PROAMUSEP e do consórcio público intermunicipal e dá outras providências.</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1249/projeto_de_lei_no_004-2020_-_extingue_cindepar.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1249/projeto_de_lei_no_004-2020_-_extingue_cindepar.pdf</t>
   </si>
   <si>
     <t>Ratifica a Resolução nº 005/2019 do Consórcio Público Intermunicipal para o Desenvolvimento Sustentável da Região do Vale do Bandeirantes do Estado do Paraná - CINDEB, que extingue o Consórcio e dá outras providências.</t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1254/projeto_de_lei_no_005-2020_-_institui_revisao_do_plano_diretor.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1254/projeto_de_lei_no_005-2020_-_institui_revisao_do_plano_diretor.pdf</t>
   </si>
   <si>
     <t>Institui a Revisão do Plano Diretor Municipal e revoga a Lei Complementar nº 04/2006, de outubro de 2006, a Lei Complementar nº 009/2016,_x000D_
 de outubro de 2016 e dá outras providências.</t>
   </si>
   <si>
     <t>1255</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1255/projeto_de_lei_no_006-2020_-_uso_e_ocupacao_do_solo.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1255/projeto_de_lei_no_006-2020_-_uso_e_ocupacao_do_solo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o USO E OCUPAÇÃO DO SOLO no Município de Ângulo,revoga a Lei Complementar nº 007 /2008, de 25 de março de 2008, Lei nº 835/2015, de 14 de agosto de 2015 e dá outras providências.</t>
   </si>
   <si>
     <t>1256</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1256/projeto_de_lei_no_007-2020_-_parcelamento_do_solo.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1256/projeto_de_lei_no_007-2020_-_parcelamento_do_solo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o PARCELAMENTO DO SOLO para fins urbanos no Município de Ângulo, revoga a Lei Complementar nº 07 /2008, de 25 de março de 2008, e dá outras providências.</t>
   </si>
   <si>
     <t>1257</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1257/projeto_de_lei_no_008-2020_-_novo_perimetro_urbano.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1257/projeto_de_lei_no_008-2020_-_novo_perimetro_urbano.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o novo PERÍMETRO URBANO do Município de Ângulo.</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1258/projeto_de_lei_no_009-2020_-_sistema_viario.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1258/projeto_de_lei_no_009-2020_-_sistema_viario.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o novo SISTEMA VIÁRIO no Município de Ângulo, revoga a Lei Complementar nº 07 /2008, de 25 de março de 2008, a Lei Complementar nº_x000D_
 10/2017, de 08 de agosto de 2017, e dá outras providências.</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1259/projeto_de_lei_no_010-2020_-_codigo_de_obras.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1259/projeto_de_lei_no_010-2020_-_codigo_de_obras.pdf</t>
   </si>
   <si>
     <t>Aprova o NOVO CÓDIGO DE OBRAS, revoga a Lei n° 421, de 25 de março de 2008, e dá outas providências.</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1260/projeto_de_lei_no_011-2020_-_codigo_de_posturas.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1260/projeto_de_lei_no_011-2020_-_codigo_de_posturas.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o novo CÓDIGO DE POSTURAS do Município de ÂNGULO, Estado do Paraná, insere novos dispositivos e dá outas providências.</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1250/projeto_de_lei_no_012-2020_-_parcelamento_divida_copel_samae.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1250/projeto_de_lei_no_012-2020_-_parcelamento_divida_copel_samae.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para aderir a parcelamento de dívida de energia elétrica do SAMAE junto a Companhia Paranaense de Energia - COPEL e dá outras providências.</t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1253/projeto_de_lei_no_013-2020_-_altera_lei_321-2003_plano_de_carreira_do_magisterio.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1253/projeto_de_lei_no_013-2020_-_altera_lei_321-2003_plano_de_carreira_do_magisterio.pdf</t>
   </si>
   <si>
     <t>Altera disposições da Lei Municipal n° 321/2003, que dispõe sobre o Plano de Carreira do Magistério Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>1264</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1264/projeto_de_lei_no_014-2020_-_creditos_suplementares.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1264/projeto_de_lei_no_014-2020_-_creditos_suplementares.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir Crédito Adicional Especial, no exercício de 2020, no valor de R$ 491.014,65.</t>
   </si>
   <si>
     <t>1278</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1278/projeto_de_lei_no_015-2020_-_creditos_suplementares.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1278/projeto_de_lei_no_015-2020_-_creditos_suplementares.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir Crédito Adicional Especial, no exercício de 2020, no valor de R$ 76.874,47.</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1277/projeto_de_lei_no_016-2020_-_creditos_suplementares.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1277/projeto_de_lei_no_016-2020_-_creditos_suplementares.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional especial, no exercício de 2020, no valor de R$ 31.510,99.</t>
   </si>
   <si>
     <t>1280</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1280/projeto_de_lei_no_017-2020_-_creditos_suplementares.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1280/projeto_de_lei_no_017-2020_-_creditos_suplementares.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional suplementar no exercício de 2020, no valor de R$ 299.039,00.</t>
   </si>
   <si>
     <t>1281</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1281/projeto_de_lei_no_018-2020_-_ldo_2021.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1281/projeto_de_lei_no_018-2020_-_ldo_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para elaboração da Lei Orçamentária para o exercício de 2021, e dá outras providências.</t>
   </si>
   <si>
     <t>1283</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1283/projeto_de_lei_no_019-2020_-_creditos_suplementares.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1283/projeto_de_lei_no_019-2020_-_creditos_suplementares.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir um crédito especial, no exercício de 2020, no valor de R$ 66.610,06.</t>
   </si>
   <si>
     <t>1284</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1284/projeto_de_lei_no_020-2020_-_creditos_suplementares.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1284/projeto_de_lei_no_020-2020_-_creditos_suplementares.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir um crédito especial, no exercício de 2020, no valor de R$ 13.314,60.</t>
   </si>
   <si>
     <t>1285</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1285/projeto_de_lei_no_0212020_-_creditos_suplementares.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1285/projeto_de_lei_no_0212020_-_creditos_suplementares.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir um crédito especial, no exercício de 2020, no valor de R$ 44.900,71.</t>
   </si>
   <si>
     <t>1286</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1286/projeto_de_lei_no_022-2020_-_creditos_suplementares.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1286/projeto_de_lei_no_022-2020_-_creditos_suplementares.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir um crédito especial, no exercício de 2020, no valor de R$ 202.921,22.</t>
   </si>
   <si>
     <t>1288</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1288/projeto_de_lei_no_023-2020_-_creditos_suplementares.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1288/projeto_de_lei_no_023-2020_-_creditos_suplementares.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional especial no exercício de 2020, no valor de R$ 148.437,07.</t>
   </si>
   <si>
     <t>1293</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1293/projeto_de_lei_no_024-2020_-_creditos_suplementares.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1293/projeto_de_lei_no_024-2020_-_creditos_suplementares.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional especial no exercício de 2020, no valor de R$ 91.938,23.</t>
   </si>
   <si>
     <t>1292</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1292/projeto_de_lei_no_025-2020_-_creditos_suplementares.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1292/projeto_de_lei_no_025-2020_-_creditos_suplementares.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional especial no exercício de 2020, no valor de R$ 1.367.250,00.</t>
   </si>
   <si>
     <t>1291</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1291/projeto_de_lei_no_026-2020_-_creditos_suplementares.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1291/projeto_de_lei_no_026-2020_-_creditos_suplementares.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional especial no exercício de 2020, no valor de R$ 80.000,00.</t>
   </si>
   <si>
     <t>1290</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1290/projeto_de_lei_no_027-2020_-_creditos_suplementares.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1290/projeto_de_lei_no_027-2020_-_creditos_suplementares.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional especial no exercício de 2020, no valor de R$ 46.376,06.</t>
   </si>
   <si>
     <t>1289</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1289/projeto_de_lei_no_028-2020_-_creditos_suplementares.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1289/projeto_de_lei_no_028-2020_-_creditos_suplementares.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional especial no exercício de 2020, no valor de R$ 7.704,50.</t>
   </si>
   <si>
     <t>1296</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1296/projeto_de_lei_no_029-2020_-_creditos_suplementares.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1296/projeto_de_lei_no_029-2020_-_creditos_suplementares.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional especial, no exercício de 2020, no valor de R$ 521.809,00.</t>
   </si>
   <si>
     <t>1302</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1302/projeto_de_lei_no_030-2020_-_creditos_suplementares.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1302/projeto_de_lei_no_030-2020_-_creditos_suplementares.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir Crédito Adicional Especial, no exercício de 2020, no valor de R$ 45.927,57.</t>
   </si>
   <si>
     <t>1301</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1301/projeto_de_lei_no_031-2020_-_creditos_suplementares.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1301/projeto_de_lei_no_031-2020_-_creditos_suplementares.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir Crédito Adicional Especial, no exercício de 2020, no valor de R$ 39.300,00.</t>
   </si>
   <si>
     <t>1303</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1303/projeto_de_lei_no_032-2020_-_creditos_suplementares.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1303/projeto_de_lei_no_032-2020_-_creditos_suplementares.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir Crédito Adicional Especial, no exercício de 2020, no valor de R$ 309.654,33.</t>
   </si>
   <si>
     <t>1304</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1304/projeto_de_lei_no_033-2020_-_creditos_suplementares.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1304/projeto_de_lei_no_033-2020_-_creditos_suplementares.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir Crédito Adicional Especial, no exercício de 2020, no valor de R$ 15.000,00.</t>
   </si>
   <si>
     <t>1306</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1306/projeto_de_lei_no_034-2020_-_exigencias_anticorrupcao_licitacoes.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1306/projeto_de_lei_no_034-2020_-_exigencias_anticorrupcao_licitacoes.pdf</t>
   </si>
   <si>
     <t>Regulamenta no âmbito do Poder Executivo Municipal, o disposto na Lei Federal n° 12.846, de 1º de agosto de 2013, que dispõe sobre a Responsabilização administrativa e civil de pessoas jurídicas pela prática de atos contra a administração pública, nacional ou estrangeira, e dá outras _x000D_
 providências.</t>
   </si>
   <si>
     <t>1308</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1308/projeto_de_lei_no_035-2020_-_creditos_suplementares.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1308/projeto_de_lei_no_035-2020_-_creditos_suplementares.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional especial, no exercício de 2020, no valor de R$ 198.099,17.</t>
   </si>
   <si>
     <t>1310</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1310/projeto_de_lei_no_036-2020_-_creditos_suplementares.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1310/projeto_de_lei_no_036-2020_-_creditos_suplementares.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional especial, no exercício de 2020, no valor de R$ 11.010,99.</t>
   </si>
   <si>
     <t>1311</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1311/projeto_de_lei_no_037-2020_-_creditos_suplementares.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1311/projeto_de_lei_no_037-2020_-_creditos_suplementares.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional especial, no exercício de 2020, no valor de R$ 339.565,52.</t>
   </si>
   <si>
     <t>1312</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1312/projeto_de_lei_no_038-2020_-_creditos_suplementares.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1312/projeto_de_lei_no_038-2020_-_creditos_suplementares.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional especial, no exercício de 2020, no valor de R$ 624.859,96.</t>
   </si>
   <si>
     <t>1313</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1313/projeto_de_lei_no_039-2020_-_creditos_suplementares.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1313/projeto_de_lei_no_039-2020_-_creditos_suplementares.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional especial, no exercício de 2020, no valor de R$ 28.010,62.</t>
   </si>
   <si>
     <t>1314</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1314/projeto_de_lei_no_040-2020_-_altera_lei_1106-2018.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1314/projeto_de_lei_no_040-2020_-_altera_lei_1106-2018.pdf</t>
   </si>
   <si>
     <t>Altera disposições da Lei Municipal nº 1106/2018, que autoriza o Legislativo Municipal a proceder a doação e outorga de escritura pública ao Município de Ângulo e dá outras providências.</t>
   </si>
   <si>
     <t>1318</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1318/projeto_de_lei_no_041-2020_-_creditos_suplementares.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1318/projeto_de_lei_no_041-2020_-_creditos_suplementares.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional especial no exercício de 2020, no valor de R$ 3.150,00.</t>
   </si>
   <si>
     <t>1317</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1317/projeto_de_lei_no_042-2020_-_creditos_suplementares.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1317/projeto_de_lei_no_042-2020_-_creditos_suplementares.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional especial no exercício de 2020, no valor de R$ 33.375,00.</t>
   </si>
   <si>
     <t>1316</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1316/projeto_de_lei_no_043-2020_-_creditos_suplementares.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1316/projeto_de_lei_no_043-2020_-_creditos_suplementares.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional especial no exercício de 2020, no valor de R$ 34.575,00.</t>
   </si>
   <si>
     <t>1320</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1320/projeto_de_lei_no_044-2020_-_creditos_suplementares.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1320/projeto_de_lei_no_044-2020_-_creditos_suplementares.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional especial no exercício de 2020, no valor de R$ 152.195,51.</t>
   </si>
   <si>
     <t>1319</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1319/projeto_de_lei_no_045-2020_-_creditos_suplementares.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1319/projeto_de_lei_no_045-2020_-_creditos_suplementares.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional especial no exercício de 2020, no valor de R$ 51.973,00, inclusão no Plano Orçamentárias para 2020 e inclusão no Plano Plurianual de Investimentos 2018-2021.</t>
   </si>
   <si>
     <t>1321</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1321/projeto_de_lei_no_046-2020_-_energia_solar.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1321/projeto_de_lei_no_046-2020_-_energia_solar.pdf</t>
   </si>
   <si>
     <t>Autoriza o executivo municipal a efetuar a contratação de empresa especializada para o fornecimento e instalação de usinas fotovoltaicas para suprir o consumo de energia dos prédios públicos, com pagamentos de forma parcelada junto a própria empresa contratada, e efetuar alterações no PPA e nos anexos da LDO do Município de Ângulo para o exercício de 2021.</t>
   </si>
   <si>
     <t>1324</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1324/projeto_de_lei_no_047-2020_-_creditos_suplementares.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1324/projeto_de_lei_no_047-2020_-_creditos_suplementares.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional especial, no execício de 2020, no valor de R$ 6.495,00.</t>
   </si>
   <si>
     <t>1326</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1326/projeto_de_lei_no_048-2020_-_creditos_suplementares.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1326/projeto_de_lei_no_048-2020_-_creditos_suplementares.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional especial, no execício de 2020, no valor de R$ 504.180,00.</t>
   </si>
   <si>
     <t>1325</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1325/projeto_de_lei_no_049-2020_-_creditos_suplementares.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1325/projeto_de_lei_no_049-2020_-_creditos_suplementares.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional especial, no execício de 2020, no valor de R$ 220.000,00.</t>
   </si>
   <si>
     <t>1327</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1327/projeto_de_lei_no_050-2020_-_denomina_praca_da_republica.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1327/projeto_de_lei_no_050-2020_-_denomina_praca_da_republica.pdf</t>
   </si>
   <si>
     <t>Regulariza a denominação da Praça da República e dá outras providências.</t>
   </si>
   <si>
     <t>1329</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1329/projeto_de_lei_no_051-2020_-_creditos_suplementares.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1329/projeto_de_lei_no_051-2020_-_creditos_suplementares.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional especial, no exercício de 2020, no valor de R$ 944,00.</t>
   </si>
   <si>
     <t>1330</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1330/projeto_de_lei_no_052-2020_-_creditos_suplementares.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1330/projeto_de_lei_no_052-2020_-_creditos_suplementares.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional especial, no exercício de 2020, no valor de R$ 106.313,85.</t>
   </si>
   <si>
     <t>1331</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1331/projeto_de_lei_no_053-2020_-_creditos_suplementares.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1331/projeto_de_lei_no_053-2020_-_creditos_suplementares.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional suplementar, no exercício de 2020, no valor de R$ 85.000,00.</t>
   </si>
   <si>
     <t>1332</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1332/projeto_de_lei_no_054-2020_-_creditos_suplementares.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1332/projeto_de_lei_no_054-2020_-_creditos_suplementares.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional suplementar, no exercício de 2020, no valor de R$ 529.020,00.</t>
   </si>
   <si>
     <t>1335</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1335/projeto_de_lei_no_055-2020_-_altera_ldo_para_usina_sola.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1335/projeto_de_lei_no_055-2020_-_altera_ldo_para_usina_sola.pdf</t>
   </si>
   <si>
     <t>Altera disposições da Lei Municipal nº 1255/2020, que autoriza a contratação de empresa especializada na construção de usina fotovoltaica para suprir o consumo de energia dos prédios públicos, com pagamentos de forma parcelada junto a própria empresa contratada, e efetuar alterações no PPA e nos anexos da LDO do Município de Ângulo, para o exercício de 2021.</t>
   </si>
   <si>
     <t>1337</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1337/projeto_de_lei_no_056-2020_-_loa_2021.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1337/projeto_de_lei_no_056-2020_-_loa_2021.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do Município de Ângulo, para o exercício de 2021. LOA</t>
   </si>
   <si>
     <t>1340</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1340/projeto_de_lei_no_057-2020_-_creditos_suplementares.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1340/projeto_de_lei_no_057-2020_-_creditos_suplementares.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional especial, no exercício de 2020, no valor de R$ 138.899,42.</t>
   </si>
   <si>
     <t>1341</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1341/projeto_de_lei_no_058-2020_-_creditos_suplementares.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1341/projeto_de_lei_no_058-2020_-_creditos_suplementares.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional suplementar, no exercício de 2020, no valor de R$ 53.500,00.</t>
   </si>
   <si>
     <t>1342</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1342/projeto_de_lei_no_059-2020_-_creditos_suplementares.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1342/projeto_de_lei_no_059-2020_-_creditos_suplementares.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional especial, no exercício de 2020, no valor de R$ 861,17.</t>
   </si>
   <si>
     <t>1339</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1339/projeto_de_lei_no_060-2020_-_creditos_suplementares.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1339/projeto_de_lei_no_060-2020_-_creditos_suplementares.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional especial, no exercício de 2020, no valor de R$ 2.517,83.</t>
   </si>
   <si>
     <t>1344</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1344/projeto_de_lei_no_061-2020_-_conselho_da_pessoa_idosa.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1344/projeto_de_lei_no_061-2020_-_conselho_da_pessoa_idosa.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 1.161/2019 que instituiu o Conselho Municipal dos Direitos da Pessoa Idosa - CMDPI, cria e implanta a Conferência Municipal dos Direitos da Pessoa Idosa e o Fundo Municipal dos Direitos da Pessoa Idosa, e dá outras providências.</t>
   </si>
   <si>
     <t>1345</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1345/projeto_de_lei_no_062-2020_-_altera_lei_987-2017.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1345/projeto_de_lei_no_062-2020_-_altera_lei_987-2017.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Artigo 3º da Lei Municipal nº 987/2017 e dá outras providências.</t>
   </si>
   <si>
     <t>1347</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1347/projeto_de_lei_no_063-2020_-_creditos_suplementares.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1347/projeto_de_lei_no_063-2020_-_creditos_suplementares.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional especial, no exercício de 2020, no valor de R$ 8.940,45.</t>
   </si>
   <si>
     <t>1348</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1348/projeto_de_lei_no_064-2020_-_creditos_suplementares.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1348/projeto_de_lei_no_064-2020_-_creditos_suplementares.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional especial, no exercício de 2020, no valor de R$ 43.888,91.</t>
   </si>
   <si>
     <t>1351</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1351/projeto_de_lei_no_065-2020_-_creditos_suplementares.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1351/projeto_de_lei_no_065-2020_-_creditos_suplementares.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional especial, no exercício de 2020, no valor de R$ 4.725,00.</t>
   </si>
   <si>
     <t>1352</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1352/projeto_de_lei_no_066-2020_-_creditos_suplementares.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1352/projeto_de_lei_no_066-2020_-_creditos_suplementares.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional especial, no exercício de 2020, no valor de R$ 7.660,00.</t>
   </si>
   <si>
     <t>1353</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1353/projeto_de_lei_no_067-2020_-_creditos_suplementares.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1353/projeto_de_lei_no_067-2020_-_creditos_suplementares.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional especial, no exercício de 2020, no valor de R$ 21.192,93.</t>
   </si>
   <si>
     <t>1354</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1354/projeto_de_lei_no_068-2020_-_creditos_suplementares.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1354/projeto_de_lei_no_068-2020_-_creditos_suplementares.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional especial, no exercício de 2020, no valor de R$ 11.637,96.</t>
   </si>
   <si>
     <t>1356</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1356/projeto_de_lei_no_069-2020_-_creditos_suplementares.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1356/projeto_de_lei_no_069-2020_-_creditos_suplementares.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional suplementar, no exercício de 2020, no valor de R$ 243.350,00.</t>
   </si>
   <si>
     <t>1357</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1357/projeto_de_lei_no_070-2020_-_creditos_suplementares.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1357/projeto_de_lei_no_070-2020_-_creditos_suplementares.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional especial, no exercício de 2020, no valor de R$ 64.745,48.</t>
   </si>
   <si>
     <t>1358</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1358/projeto_de_lei_no_071-2020_-_altera_anexos_ldo.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1358/projeto_de_lei_no_071-2020_-_altera_anexos_ldo.pdf</t>
   </si>
   <si>
     <t>Altera os anexos da Lei Municipal número 1243/2020 de 22/06/2020 - Lei de Diretrizes Orçamentárias para o exercício financeiro de 2021 no Município de Ângulo e dá outras providências.</t>
   </si>
   <si>
     <t>1361</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1361/projeto_de_lei_no_072-2020_-_planta_generica_de_valores.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1361/projeto_de_lei_no_072-2020_-_planta_generica_de_valores.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Planta Genérica de Valores (valor do metro quadrado de terrenos e edificações) da área urbana para fins de cálculo de IPTU e ITBI para o exercício de 2021, e dá outras providências.</t>
   </si>
   <si>
     <t>1360</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1360/projeto_de_lei_no_073-2020_-_itbi_2021.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1360/projeto_de_lei_no_073-2020_-_itbi_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre os valores de terras rurais do Município, para fins de cálculo do ITBI, os quais serão aplicados no exercício de 2021, e dá outras providências.</t>
   </si>
   <si>
     <t>1363</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1363/projeto_de_lei_no_075-2020_-_altera_aliquotas_ipam.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1363/projeto_de_lei_no_075-2020_-_altera_aliquotas_ipam.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a adequação ao texto da Emenda Constitucional nº 103/2019 de dá outra providências.</t>
   </si>
   <si>
     <t>1368</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1368/projeto_de_lei_no_076-2020_-_creditos_suplementares.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1368/projeto_de_lei_no_076-2020_-_creditos_suplementares.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional suplementar, no exercício de 2020, no valor de R$ 228.065,00.</t>
   </si>
   <si>
     <t>1370</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1370/projeto_de_lei_no_077-2020_-_altera_lei_753-2014.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1370/projeto_de_lei_no_077-2020_-_altera_lei_753-2014.pdf</t>
   </si>
   <si>
     <t>Altera disposições da Lei Municipal nº 753/2014, que dispões sobre a Política Municipal dos Direitos da Criança e do Adolescente, o Conselho Municipal, o Conselho Tutelar e a Conferência Municipal dos Direitos da Criança e do Adolescente do Município de Ângulo e dá outras providências.</t>
   </si>
   <si>
     <t>1372</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1372/projeto_de_lei_no_078-2020_-__revoga_lei_no_631-2012.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1372/projeto_de_lei_no_078-2020_-__revoga_lei_no_631-2012.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei nº 631/2012 que concedia direito real de uso de lote de terras destinado à implantação de moradias para pessoas em situação de vulnerabilidade e dá outras providências.</t>
   </si>
   <si>
     <t>1374</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1374/projeto_de_lei_no_079-2020_-_suplementacao.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1374/projeto_de_lei_no_079-2020_-_suplementacao.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional especial, no exercício de 2020, no valor de R$ 3.900,00.</t>
   </si>
   <si>
     <t>1375</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1375/projeto_de_lei_no_080-2020_-_suplementacao.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1375/projeto_de_lei_no_080-2020_-_suplementacao.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional suplementar, no exercício de 2020, no valor de R$ 43.200,00.</t>
   </si>
   <si>
     <t>1377</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1377/projeto_de_lei_no_081-2020_-_creditos_suplementares.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1377/projeto_de_lei_no_081-2020_-_creditos_suplementares.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional especial, no exercício de 2020, no valor de R$ 4.973,42.</t>
   </si>
   <si>
     <t>1378</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1378/projeto_de_lei_no_082-2020_-_creditos_suplementares.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1378/projeto_de_lei_no_082-2020_-_creditos_suplementares.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional suplementar, no exercício de 2020, no valor de R$ 331.825,00.</t>
   </si>
   <si>
     <t>1265</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1265/requerimento_no_001-2020_-_pista_skate_silvia.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1265/requerimento_no_001-2020_-_pista_skate_silvia.pdf</t>
   </si>
   <si>
     <t>Solicita a construção de uma pista de skate devidamente projetada para valorizar o espaço, bem como proporcionar a prática de esportes e momentos de lazer à nossas crianças, adolescentes e jovens.</t>
   </si>
   <si>
     <t>1266</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1266/requerimento_no_002-2020_-_prensa_lixao_municipal.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1266/requerimento_no_002-2020_-_prensa_lixao_municipal.pdf</t>
   </si>
   <si>
     <t>Aquisição de uma prensa para ser utilizada no Lixão Municipal.</t>
   </si>
   <si>
     <t>1267</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1267/requerimento_no_003-2020_-_cercar_barracao_municipal.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1267/requerimento_no_003-2020_-_cercar_barracao_municipal.pdf</t>
   </si>
   <si>
     <t>Solicita a possibilidade de cercar as dependências do Barracão Municipal.</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1272/requerimento_no_004-2020_-_celular_policiais.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1272/requerimento_no_004-2020_-_celular_policiais.pdf</t>
   </si>
   <si>
     <t>Aparelho de Celular com linha aos Policiais Militares do Município.</t>
   </si>
   <si>
     <t>1273</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1273/requerimento_no_005-2020_-_predio_da_escola_estadual_batata.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1273/requerimento_no_005-2020_-_predio_da_escola_estadual_batata.pdf</t>
   </si>
   <si>
     <t>Providências quanto ao antigo prédio da Escola Estadual.</t>
   </si>
   <si>
     <t>1274</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1274/requerimento_no_006-2020_-_acessibilidade_ginasio_de_esportes_-_silvia.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1274/requerimento_no_006-2020_-_acessibilidade_ginasio_de_esportes_-_silvia.pdf</t>
   </si>
   <si>
     <t>Melhorias quanto a acessibilidade no Ginásio de Esportes Municipal.</t>
   </si>
   <si>
     <t>1275</t>
   </si>
   <si>
     <t>APROJ</t>
   </si>
   <si>
     <t>Anteprojeto</t>
   </si>
   <si>
-    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1275/ante-projeto_no_001-2020_-_altera_tabela_de_valores_lei_no_1202-2019.pdf</t>
+    <t>http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1275/ante-projeto_no_001-2020_-_altera_tabela_de_valores_lei_no_1202-2019.pdf</t>
   </si>
   <si>
     <t>Altera tabela de valores das diárias, constante do Anexo I da Lei Municipal nº 1202/2019 - Leg - Que dispõe sobre a regulamentação, concessão e fixação de valores de diárias ao Prefeito, Vice-Prefeito e Secretários Municipais da Prefeitura Municipal de Ângulo-PR.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1929,67 +1929,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1268/indicacao_no_001-2020_-_farmacia_24_horas_posto_de_saude.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1269/indicacao_no_002-2020_-_extensao_de_iluminacao_publica_rua_03_de_setembro.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1270/indicacao_no_003-2020_-_colocacao_de_cesta_de_basquete_ginasio.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1271/indicacao_no_004-2020_-_quebra_molas_rua_delmiro_costa.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1297/indicacao_no_005-2020_-_cobertura_area_externa_capela_mortuaria.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1298/indicacao_no_006-2020_-_sinalizacao_proibido_estacionar_-_bar_da_nete.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1299/indicacao_no_007-2020_-_manutencao_quebra_molas_bar_da_net.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1336/indicacao_no_008-2020_-_epis_e_curs_de_bombeiro_caminhao_pipa.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1343/indicacao_no_009-2020_-_campo_de_futebol_de_areia_comunidade_de_valencia.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1364/indicacao_no_010-2020_-_retirada_postes_fio_telefone_vila_rural.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1365/indicacao_no_011-2020_-_ponto_de_onibus_vila_rural_e_vias_de_acesso.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1366/indicacao_no_012-2020_-_plantio_de_arovres_parquinho_municipal.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1349/pedido_regime_de_urgencia_pl_062.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1248/oficio_no_005-2020_-__executivo_encaminha_projeto_recomposicao.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1276/oficio_no_022-2020_-_encaminha_pl_015_e_016.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1279/oficio_no_038-2020_-_pl_no_017-2020_em_regime.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1282/oficio_no_040-2020_-_encaminha_pl_019_020_021_e_022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1287/oficio_no_046-2020_-_encaminha_pls_023_024_025_026_027_e_028_em_ru.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1295/oficio_no_050-2020_-_encaminha_pl_029_em_ru.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1300/oficio_no_055-2020_-_encaminha_pl_030_031_032_e_033_em_ru.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1305/oficio_no_056-2020_-_encaminha_pl_034-2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1307/oficio_no_057-2020_-_encaminha_pl_035em_ru.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1309/oficio_no_060-2020_pl_036_037_e_038_em_ru.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1315/oficio_no_069-2020_-_encaminha_pls_040_041_042_043_e_044-2020.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1322/oficio_no_076-2020_-_encaminha_pl_046-2020.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1323/oficio_no_078-2020_-_encaminha_pls_047_048_e_049-2020_em_ru.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1328/oficio_no_093-2020_-_ru_pl_51_52_53_e_54.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1338/oficio_no_105-2020_-_ru_pl_056_057_058_e_059-2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1346/oficio_no_116-2020_-_ru_pl_063_e_064.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1350/oficio_no_117-2020_-_encaminha_pls_065_066_067_e_068-2020.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1355/oficio_no_119-2020_-_encaminha_pl_069_e_070_em_ru.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1367/oficio_no_123-2020_-_encaminha_pl_076-2020_em_ru.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1369/oficio_no_124-2020_-_encaminha_pl_077-2020_em_ru.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1371/oficio_no_125-2020_-__encaminha_pl_078-2020_em_ru.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1373/oficio_no_126-2020_-_encaminha_pls_079_e_080-2020_em_ru.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1376/oficio_no_127-2020_-_encaminha_pl_081_e_082_em_ru.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1362/projeto_de_decreto_legislativo_no_001-2020_-_aprova_contas_executivo_2015.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1359/projeto_de_lei_complementar_no_074-2020_-_altera_lei_complementar_no_005-2006.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1261/projeto_de_lei_legislativo_no_001-2020_-_revisao_geral_anual_vereadores.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1333/projeto_de_lei_legislativo_no_004-2020_-_fixa_subsidios_vereadores_e_presidente_2021-2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1334/projeto_de_lei_legislativo_no_005-2020_-_fixa_subsidios_prefeito-vice-secretarios_2021-2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1247/projeto_de_lei_no_001-2020_-_recomposicao_funcionarios_e_politicos_executivo.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1251/projeto_de_lei_no_002-2020_-_amortizacao_defict_ipam.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1252/projeto_de_lei_no_003-2020_-_ratifica_alteracoes_amusep_proamusep.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1249/projeto_de_lei_no_004-2020_-_extingue_cindepar.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1254/projeto_de_lei_no_005-2020_-_institui_revisao_do_plano_diretor.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1255/projeto_de_lei_no_006-2020_-_uso_e_ocupacao_do_solo.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1256/projeto_de_lei_no_007-2020_-_parcelamento_do_solo.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1257/projeto_de_lei_no_008-2020_-_novo_perimetro_urbano.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1258/projeto_de_lei_no_009-2020_-_sistema_viario.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1259/projeto_de_lei_no_010-2020_-_codigo_de_obras.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1260/projeto_de_lei_no_011-2020_-_codigo_de_posturas.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1250/projeto_de_lei_no_012-2020_-_parcelamento_divida_copel_samae.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1253/projeto_de_lei_no_013-2020_-_altera_lei_321-2003_plano_de_carreira_do_magisterio.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1264/projeto_de_lei_no_014-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1278/projeto_de_lei_no_015-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1277/projeto_de_lei_no_016-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1280/projeto_de_lei_no_017-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1281/projeto_de_lei_no_018-2020_-_ldo_2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1283/projeto_de_lei_no_019-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1284/projeto_de_lei_no_020-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1285/projeto_de_lei_no_0212020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1286/projeto_de_lei_no_022-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1288/projeto_de_lei_no_023-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1293/projeto_de_lei_no_024-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1292/projeto_de_lei_no_025-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1291/projeto_de_lei_no_026-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1290/projeto_de_lei_no_027-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1289/projeto_de_lei_no_028-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1296/projeto_de_lei_no_029-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1302/projeto_de_lei_no_030-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1301/projeto_de_lei_no_031-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1303/projeto_de_lei_no_032-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1304/projeto_de_lei_no_033-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1306/projeto_de_lei_no_034-2020_-_exigencias_anticorrupcao_licitacoes.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1308/projeto_de_lei_no_035-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1310/projeto_de_lei_no_036-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1311/projeto_de_lei_no_037-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1312/projeto_de_lei_no_038-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1313/projeto_de_lei_no_039-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1314/projeto_de_lei_no_040-2020_-_altera_lei_1106-2018.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1318/projeto_de_lei_no_041-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1317/projeto_de_lei_no_042-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1316/projeto_de_lei_no_043-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1320/projeto_de_lei_no_044-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1319/projeto_de_lei_no_045-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1321/projeto_de_lei_no_046-2020_-_energia_solar.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1324/projeto_de_lei_no_047-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1326/projeto_de_lei_no_048-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1325/projeto_de_lei_no_049-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1327/projeto_de_lei_no_050-2020_-_denomina_praca_da_republica.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1329/projeto_de_lei_no_051-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1330/projeto_de_lei_no_052-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1331/projeto_de_lei_no_053-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1332/projeto_de_lei_no_054-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1335/projeto_de_lei_no_055-2020_-_altera_ldo_para_usina_sola.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1337/projeto_de_lei_no_056-2020_-_loa_2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1340/projeto_de_lei_no_057-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1341/projeto_de_lei_no_058-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1342/projeto_de_lei_no_059-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1339/projeto_de_lei_no_060-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1344/projeto_de_lei_no_061-2020_-_conselho_da_pessoa_idosa.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1345/projeto_de_lei_no_062-2020_-_altera_lei_987-2017.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1347/projeto_de_lei_no_063-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1348/projeto_de_lei_no_064-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1351/projeto_de_lei_no_065-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1352/projeto_de_lei_no_066-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1353/projeto_de_lei_no_067-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1354/projeto_de_lei_no_068-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1356/projeto_de_lei_no_069-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1357/projeto_de_lei_no_070-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1358/projeto_de_lei_no_071-2020_-_altera_anexos_ldo.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1361/projeto_de_lei_no_072-2020_-_planta_generica_de_valores.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1360/projeto_de_lei_no_073-2020_-_itbi_2021.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1363/projeto_de_lei_no_075-2020_-_altera_aliquotas_ipam.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1368/projeto_de_lei_no_076-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1370/projeto_de_lei_no_077-2020_-_altera_lei_753-2014.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1372/projeto_de_lei_no_078-2020_-__revoga_lei_no_631-2012.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1374/projeto_de_lei_no_079-2020_-_suplementacao.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1375/projeto_de_lei_no_080-2020_-_suplementacao.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1377/projeto_de_lei_no_081-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1378/projeto_de_lei_no_082-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1265/requerimento_no_001-2020_-_pista_skate_silvia.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1266/requerimento_no_002-2020_-_prensa_lixao_municipal.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1267/requerimento_no_003-2020_-_cercar_barracao_municipal.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1272/requerimento_no_004-2020_-_celular_policiais.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1273/requerimento_no_005-2020_-_predio_da_escola_estadual_batata.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1274/requerimento_no_006-2020_-_acessibilidade_ginasio_de_esportes_-_silvia.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1275/ante-projeto_no_001-2020_-_altera_tabela_de_valores_lei_no_1202-2019.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1268/indicacao_no_001-2020_-_farmacia_24_horas_posto_de_saude.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1269/indicacao_no_002-2020_-_extensao_de_iluminacao_publica_rua_03_de_setembro.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1270/indicacao_no_003-2020_-_colocacao_de_cesta_de_basquete_ginasio.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1271/indicacao_no_004-2020_-_quebra_molas_rua_delmiro_costa.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1297/indicacao_no_005-2020_-_cobertura_area_externa_capela_mortuaria.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1298/indicacao_no_006-2020_-_sinalizacao_proibido_estacionar_-_bar_da_nete.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1299/indicacao_no_007-2020_-_manutencao_quebra_molas_bar_da_net.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1336/indicacao_no_008-2020_-_epis_e_curs_de_bombeiro_caminhao_pipa.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1343/indicacao_no_009-2020_-_campo_de_futebol_de_areia_comunidade_de_valencia.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1364/indicacao_no_010-2020_-_retirada_postes_fio_telefone_vila_rural.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1365/indicacao_no_011-2020_-_ponto_de_onibus_vila_rural_e_vias_de_acesso.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1366/indicacao_no_012-2020_-_plantio_de_arovres_parquinho_municipal.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1349/pedido_regime_de_urgencia_pl_062.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1248/oficio_no_005-2020_-__executivo_encaminha_projeto_recomposicao.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1276/oficio_no_022-2020_-_encaminha_pl_015_e_016.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1279/oficio_no_038-2020_-_pl_no_017-2020_em_regime.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1282/oficio_no_040-2020_-_encaminha_pl_019_020_021_e_022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1287/oficio_no_046-2020_-_encaminha_pls_023_024_025_026_027_e_028_em_ru.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1295/oficio_no_050-2020_-_encaminha_pl_029_em_ru.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1300/oficio_no_055-2020_-_encaminha_pl_030_031_032_e_033_em_ru.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1305/oficio_no_056-2020_-_encaminha_pl_034-2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1307/oficio_no_057-2020_-_encaminha_pl_035em_ru.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1309/oficio_no_060-2020_pl_036_037_e_038_em_ru.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1315/oficio_no_069-2020_-_encaminha_pls_040_041_042_043_e_044-2020.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1322/oficio_no_076-2020_-_encaminha_pl_046-2020.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1323/oficio_no_078-2020_-_encaminha_pls_047_048_e_049-2020_em_ru.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1328/oficio_no_093-2020_-_ru_pl_51_52_53_e_54.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1338/oficio_no_105-2020_-_ru_pl_056_057_058_e_059-2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1346/oficio_no_116-2020_-_ru_pl_063_e_064.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1350/oficio_no_117-2020_-_encaminha_pls_065_066_067_e_068-2020.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1355/oficio_no_119-2020_-_encaminha_pl_069_e_070_em_ru.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1367/oficio_no_123-2020_-_encaminha_pl_076-2020_em_ru.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1369/oficio_no_124-2020_-_encaminha_pl_077-2020_em_ru.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1371/oficio_no_125-2020_-__encaminha_pl_078-2020_em_ru.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1373/oficio_no_126-2020_-_encaminha_pls_079_e_080-2020_em_ru.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1376/oficio_no_127-2020_-_encaminha_pl_081_e_082_em_ru.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1362/projeto_de_decreto_legislativo_no_001-2020_-_aprova_contas_executivo_2015.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1359/projeto_de_lei_complementar_no_074-2020_-_altera_lei_complementar_no_005-2006.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1261/projeto_de_lei_legislativo_no_001-2020_-_revisao_geral_anual_vereadores.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1333/projeto_de_lei_legislativo_no_004-2020_-_fixa_subsidios_vereadores_e_presidente_2021-2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1334/projeto_de_lei_legislativo_no_005-2020_-_fixa_subsidios_prefeito-vice-secretarios_2021-2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1247/projeto_de_lei_no_001-2020_-_recomposicao_funcionarios_e_politicos_executivo.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1251/projeto_de_lei_no_002-2020_-_amortizacao_defict_ipam.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1252/projeto_de_lei_no_003-2020_-_ratifica_alteracoes_amusep_proamusep.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1249/projeto_de_lei_no_004-2020_-_extingue_cindepar.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1254/projeto_de_lei_no_005-2020_-_institui_revisao_do_plano_diretor.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1255/projeto_de_lei_no_006-2020_-_uso_e_ocupacao_do_solo.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1256/projeto_de_lei_no_007-2020_-_parcelamento_do_solo.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1257/projeto_de_lei_no_008-2020_-_novo_perimetro_urbano.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1258/projeto_de_lei_no_009-2020_-_sistema_viario.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1259/projeto_de_lei_no_010-2020_-_codigo_de_obras.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1260/projeto_de_lei_no_011-2020_-_codigo_de_posturas.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1250/projeto_de_lei_no_012-2020_-_parcelamento_divida_copel_samae.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1253/projeto_de_lei_no_013-2020_-_altera_lei_321-2003_plano_de_carreira_do_magisterio.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1264/projeto_de_lei_no_014-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1278/projeto_de_lei_no_015-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1277/projeto_de_lei_no_016-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1280/projeto_de_lei_no_017-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1281/projeto_de_lei_no_018-2020_-_ldo_2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1283/projeto_de_lei_no_019-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1284/projeto_de_lei_no_020-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1285/projeto_de_lei_no_0212020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1286/projeto_de_lei_no_022-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1288/projeto_de_lei_no_023-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1293/projeto_de_lei_no_024-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1292/projeto_de_lei_no_025-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1291/projeto_de_lei_no_026-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1290/projeto_de_lei_no_027-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1289/projeto_de_lei_no_028-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1296/projeto_de_lei_no_029-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1302/projeto_de_lei_no_030-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1301/projeto_de_lei_no_031-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1303/projeto_de_lei_no_032-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1304/projeto_de_lei_no_033-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1306/projeto_de_lei_no_034-2020_-_exigencias_anticorrupcao_licitacoes.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1308/projeto_de_lei_no_035-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1310/projeto_de_lei_no_036-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1311/projeto_de_lei_no_037-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1312/projeto_de_lei_no_038-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1313/projeto_de_lei_no_039-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1314/projeto_de_lei_no_040-2020_-_altera_lei_1106-2018.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1318/projeto_de_lei_no_041-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1317/projeto_de_lei_no_042-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1316/projeto_de_lei_no_043-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1320/projeto_de_lei_no_044-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1319/projeto_de_lei_no_045-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1321/projeto_de_lei_no_046-2020_-_energia_solar.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1324/projeto_de_lei_no_047-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1326/projeto_de_lei_no_048-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1325/projeto_de_lei_no_049-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1327/projeto_de_lei_no_050-2020_-_denomina_praca_da_republica.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1329/projeto_de_lei_no_051-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1330/projeto_de_lei_no_052-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1331/projeto_de_lei_no_053-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1332/projeto_de_lei_no_054-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1335/projeto_de_lei_no_055-2020_-_altera_ldo_para_usina_sola.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1337/projeto_de_lei_no_056-2020_-_loa_2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1340/projeto_de_lei_no_057-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1341/projeto_de_lei_no_058-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1342/projeto_de_lei_no_059-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1339/projeto_de_lei_no_060-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1344/projeto_de_lei_no_061-2020_-_conselho_da_pessoa_idosa.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1345/projeto_de_lei_no_062-2020_-_altera_lei_987-2017.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1347/projeto_de_lei_no_063-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1348/projeto_de_lei_no_064-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1351/projeto_de_lei_no_065-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1352/projeto_de_lei_no_066-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1353/projeto_de_lei_no_067-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1354/projeto_de_lei_no_068-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1356/projeto_de_lei_no_069-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1357/projeto_de_lei_no_070-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1358/projeto_de_lei_no_071-2020_-_altera_anexos_ldo.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1361/projeto_de_lei_no_072-2020_-_planta_generica_de_valores.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1360/projeto_de_lei_no_073-2020_-_itbi_2021.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1363/projeto_de_lei_no_075-2020_-_altera_aliquotas_ipam.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1368/projeto_de_lei_no_076-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1370/projeto_de_lei_no_077-2020_-_altera_lei_753-2014.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1372/projeto_de_lei_no_078-2020_-__revoga_lei_no_631-2012.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1374/projeto_de_lei_no_079-2020_-_suplementacao.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1375/projeto_de_lei_no_080-2020_-_suplementacao.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1377/projeto_de_lei_no_081-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1378/projeto_de_lei_no_082-2020_-_creditos_suplementares.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1265/requerimento_no_001-2020_-_pista_skate_silvia.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1266/requerimento_no_002-2020_-_prensa_lixao_municipal.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1267/requerimento_no_003-2020_-_cercar_barracao_municipal.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1272/requerimento_no_004-2020_-_celular_policiais.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1273/requerimento_no_005-2020_-_predio_da_escola_estadual_batata.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1274/requerimento_no_006-2020_-_acessibilidade_ginasio_de_esportes_-_silvia.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2020/1275/ante-projeto_no_001-2020_-_altera_tabela_de_valores_lei_no_1202-2019.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H133"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="48.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="158.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="157.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>