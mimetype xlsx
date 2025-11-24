--- v0 (2025-10-07)
+++ v1 (2025-11-24)
@@ -10,113 +10,174 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8" uniqueCount="8">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="24">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
+  </si>
+  <si>
+    <t>2191</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>PLO</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária</t>
+  </si>
+  <si>
+    <t>Alexandre de Sousa Profeta</t>
+  </si>
+  <si>
+    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2025/2191/projeto_de_lei_no_066-2025_-_taxas_vila_rural.pdf</t>
+  </si>
+  <si>
+    <t>Altera o item 1 da tabela V da Lei N.º 054/93 de 30 de dezembro de 1993.</t>
+  </si>
+  <si>
+    <t>2193</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2025/2193/projeto_de_lei_no_067-2025_-_iptu_e_itbi_2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a Planta Genérica de Valores (Valor do Metro Quadrado de Terrenos e Edificações) da área urbana para fins de cálculo de IPTU e ITBI para o exercício de 2026, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2192</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2025/2192/projeto_de_lei_no_068-2025_-_itbi_rural_2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre os valores de terras rurais do Município, para fins de cálculo do ITBI, os quais serão aplicados no exercício de 2026, e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <fonts count="1">
+  <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color theme="10"/>
+      <name val="Calibri"/>
+      <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="top"/>
+      <protection locked="0"/>
+    </xf>
   </cellStyleXfs>
-  <cellXfs count="1">
+  <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1" applyProtection="1"/>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="2">
+    <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
@@ -367,95 +428,181 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2025/2191/projeto_de_lei_no_066-2025_-_taxas_vila_rural.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2025/2193/projeto_de_lei_no_067-2025_-_iptu_e_itbi_2026.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2025/2192/projeto_de_lei_no_068-2025_-_itbi_rural_2026.pdf" TargetMode="External"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H1"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="2.85546875" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="4.5703125" bestFit="1" customWidth="1"/>
+    <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="8" max="8" width="7.7109375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="25.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="116.7109375" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="174.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
+    <row r="2" spans="1:8">
+      <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>12</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H2" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="3" spans="1:8">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8">
+      <c r="A4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4" t="s">
+        <v>23</v>
+      </c>
+    </row>
   </sheetData>
+  <hyperlinks>
+    <hyperlink ref="G2" r:id="rId1"/>
+    <hyperlink ref="G3" r:id="rId2"/>
+    <hyperlink ref="G4" r:id="rId3"/>
+  </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>