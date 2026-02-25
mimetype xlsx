--- v1 (2025-11-24)
+++ v2 (2026-02-25)
@@ -10,122 +10,134 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="24">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="28">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
-    <t>2191</t>
-[...44 lines deleted...]
-    <t>Dispõe sobre os valores de terras rurais do Município, para fins de cálculo do ITBI, os quais serão aplicados no exercício de 2026, e dá outras providências.</t>
+    <t>2224</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>PDL</t>
+  </si>
+  <si>
+    <t>Projeto de Decreto Legislativo</t>
+  </si>
+  <si>
+    <t>CEFO - Comissão de Economia, Finanças e Orçamento</t>
+  </si>
+  <si>
+    <t>https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2026/2224/projeto_de_decreto_legislativo_no_001-2026_-_contas_executivo_2023.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre as contas do Poder Executivo do Município de Ângulo, referente ao exercício financeiro de 2.023.</t>
+  </si>
+  <si>
+    <t>2221</t>
+  </si>
+  <si>
+    <t>PRE</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução</t>
+  </si>
+  <si>
+    <t>Mesa Executiva - MESA EXECU</t>
+  </si>
+  <si>
+    <t>https://sapl.angulo.pr.leg.br/media/</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a regulamentação da Lei nº 14.133, de 1º de abril de 2021, que estabelece normas gerais de licitações e contratos administrativos, no âmbito do Poder Legislativo do Município de Ângulo, Estado do Paraná.</t>
+  </si>
+  <si>
+    <t>2222</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>Regulamenta o Contrato Verbal para pequenas compras e prestação de serviços de pronto pagamento, no âmbito do Legislativo Municipal de Ângulo, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2223</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>Disciplina a aplicação das hipóteses de Dispensa de Licitação, em Razão do Valor, previstas no art. 75, incisos I e II, da Lei Federal nº 14.133, de 1º de abril de 2021, e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -429,68 +441,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2025/2191/projeto_de_lei_no_066-2025_-_taxas_vila_rural.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2025/2193/projeto_de_lei_no_067-2025_-_iptu_e_itbi_2026.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2025/2192/projeto_de_lei_no_068-2025_-_itbi_rural_2026.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/sapl/public/materialegislativa/2026/2224/projeto_de_decreto_legislativo_no_001-2026_-_contas_executivo_2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.angulo.pr.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="25.42578125" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="8" max="8" width="174.140625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="48.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="137.140625" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="194" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -509,99 +521,126 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="H4" t="s">
-        <v>23</v>
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8">
+      <c r="A5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F5" t="s">
+        <v>19</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="H5" t="s">
+        <v>27</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
+    <hyperlink ref="G5" r:id="rId4"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>